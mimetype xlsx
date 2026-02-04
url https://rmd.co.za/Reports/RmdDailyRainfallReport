--- v0 (2025-10-16)
+++ v1 (2026-02-04)
@@ -5,138 +5,150 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rmd470-my.sharepoint.com/personal/dirk_rmd_co_za/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{351E9FD6-6F35-44B2-8883-11D7F8B5E9C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FC0FC8DC-0AB6-4AA3-83F9-7773CAE0C8E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="29325" yWindow="525" windowWidth="13515" windowHeight="14955" xr2:uid="{B34C2D0B-CAA0-4173-8A22-BCAD62178387}"/>
+    <workbookView xWindow="1950" yWindow="1065" windowWidth="13305" windowHeight="15135" xr2:uid="{9026887E-3418-4F6E-BEEA-DF7668934527}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A2" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="66">
   <si>
     <t>RMD Rainfall</t>
   </si>
   <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
     <t>25/26</t>
   </si>
   <si>
     <t>DAILY RAINFALL FOR</t>
   </si>
   <si>
+    <t>FEB</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
+    <t>EASTERN FREE STATE:</t>
+  </si>
+  <si>
+    <t>SEP</t>
+  </si>
+  <si>
     <t>OCT</t>
   </si>
   <si>
-    <t>Season</t>
-[...11 lines deleted...]
-    <t>10-12</t>
+    <t>NOV</t>
+  </si>
+  <si>
+    <t>DEC</t>
+  </si>
+  <si>
+    <t>JAN</t>
+  </si>
+  <si>
+    <t>30J-1</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>to date</t>
   </si>
   <si>
     <t>BETHLEHEM</t>
   </si>
   <si>
     <t>FOURIESBURG</t>
   </si>
   <si>
     <t>FRANKFORT</t>
   </si>
   <si>
     <t>HARRISMITH</t>
   </si>
   <si>
     <t xml:space="preserve">HEILBRON       </t>
   </si>
   <si>
     <t>KROONSTAD</t>
   </si>
   <si>
-    <t>THEUNESSEN</t>
+    <t>THEUNISSEN</t>
   </si>
   <si>
     <t>VENTERSBURG</t>
   </si>
   <si>
     <t>VREDE</t>
   </si>
   <si>
     <t>WESTERN FREE STATE:</t>
   </si>
   <si>
     <t>ALLANRIDGE</t>
   </si>
   <si>
     <t>BLOEMFONTEIN</t>
   </si>
   <si>
     <t>BOTHAVILLE</t>
   </si>
   <si>
     <t>BULTFONTEIN</t>
   </si>
   <si>
     <t>DE BRUG</t>
   </si>
@@ -234,391 +246,582 @@
     <t>MIDDELBURG</t>
   </si>
   <si>
     <t>MORGENZON</t>
   </si>
   <si>
     <t>STANDERTON</t>
   </si>
   <si>
     <t>VEREENIGING</t>
   </si>
   <si>
     <t>WITBANK</t>
   </si>
   <si>
     <t>WONDERFONTEIN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-1C09]dd\ mmmm\ yyyy;@"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
-[...5 lines deleted...]
-      <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
       <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...14 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...11 lines deleted...]
-      </top>
       <bottom style="medium">
-        <color indexed="64"/>
-[...24 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="4" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="4" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...14 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -912,1720 +1115,1875 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5CEF2A6-F62C-4E4D-BD7F-00DC872F81C4}">
-  <dimension ref="A1:K55"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D78657CD-48EE-4451-BBAC-2ABFF95C2130}">
+  <dimension ref="A1:M55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M7" sqref="M7"/>
+      <selection activeCell="C5" sqref="C5:M55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="27.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="2.28515625" style="2" customWidth="1"/>
-    <col min="3" max="8" width="6.7109375" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="11" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="5.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="5.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="5.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="5.5703125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="2" style="3" customWidth="1"/>
+    <col min="9" max="9" width="6.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.42578125" style="3" customWidth="1"/>
+    <col min="11" max="11" width="7" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.140625" style="4" customWidth="1"/>
+    <col min="13" max="13" width="8.5703125" style="4" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:13" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="4">
+      <c r="D1" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="5">
         <f ca="1">TODAY()</f>
-        <v>45943</v>
-[...8 lines deleted...]
-      <c r="K2" s="5" t="s">
+        <v>46057</v>
+      </c>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="6" t="s">
+      <c r="E2" s="4"/>
+      <c r="F2" s="4"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="6"/>
+      <c r="I2" s="6"/>
+      <c r="J2" s="6"/>
+      <c r="K2" s="4"/>
+      <c r="M2" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="7"/>
-      <c r="D3" s="8" t="s">
+    </row>
+    <row r="3" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="9"/>
-[...3 lines deleted...]
-      <c r="I3" s="9"/>
+      <c r="I3" s="9" t="s">
+        <v>4</v>
+      </c>
       <c r="J3" s="10"/>
-      <c r="K3" s="11" t="s">
+      <c r="K3" s="10"/>
+      <c r="L3" s="11"/>
+      <c r="M3" s="12" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="H4" s="17"/>
+      <c r="I4" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" s="15">
+        <v>2</v>
+      </c>
+      <c r="K4" s="18">
+        <v>3</v>
+      </c>
+      <c r="L4" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="20" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A5" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="22">
+        <v>65</v>
+      </c>
+      <c r="D5" s="23">
+        <v>74</v>
+      </c>
+      <c r="E5" s="23">
+        <v>201</v>
+      </c>
+      <c r="F5" s="23">
+        <v>107</v>
+      </c>
+      <c r="G5" s="24">
+        <v>89</v>
+      </c>
+      <c r="I5" s="22">
+        <v>16</v>
+      </c>
+      <c r="J5" s="23">
+        <v>5</v>
+      </c>
+      <c r="K5" s="23">
+        <v>0</v>
+      </c>
+      <c r="L5" s="25">
+        <v>21</v>
+      </c>
+      <c r="M5" s="26">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A6" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="22">
+        <v>71</v>
+      </c>
+      <c r="D6" s="23">
+        <v>61</v>
+      </c>
+      <c r="E6" s="23">
+        <v>165</v>
+      </c>
+      <c r="F6" s="23">
+        <v>95</v>
+      </c>
+      <c r="G6" s="24">
+        <v>123</v>
+      </c>
+      <c r="I6" s="22">
+        <v>15</v>
+      </c>
+      <c r="J6" s="23">
+        <v>0</v>
+      </c>
+      <c r="K6" s="23">
+        <v>0</v>
+      </c>
+      <c r="L6" s="25">
+        <v>15</v>
+      </c>
+      <c r="M6" s="28">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="22">
+        <v>72</v>
+      </c>
+      <c r="D7" s="23">
+        <v>66</v>
+      </c>
+      <c r="E7" s="23">
+        <v>221</v>
+      </c>
+      <c r="F7" s="23">
+        <v>76</v>
+      </c>
+      <c r="G7" s="24">
+        <v>55</v>
+      </c>
+      <c r="I7" s="22">
+        <v>51</v>
+      </c>
+      <c r="J7" s="23">
+        <v>14</v>
+      </c>
+      <c r="K7" s="23">
+        <v>0</v>
+      </c>
+      <c r="L7" s="25">
+        <v>65</v>
+      </c>
+      <c r="M7" s="28">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="22">
+        <v>49</v>
+      </c>
+      <c r="D8" s="23">
+        <v>68</v>
+      </c>
+      <c r="E8" s="23">
+        <v>203</v>
+      </c>
+      <c r="F8" s="23">
+        <v>117</v>
+      </c>
+      <c r="G8" s="24">
+        <v>82</v>
+      </c>
+      <c r="I8" s="22">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="12" t="s">
+      <c r="J8" s="23">
+        <v>0</v>
+      </c>
+      <c r="K8" s="23">
+        <v>0</v>
+      </c>
+      <c r="L8" s="25">
+        <v>4</v>
+      </c>
+      <c r="M8" s="28">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="22">
+        <v>27</v>
+      </c>
+      <c r="D9" s="23">
+        <v>51</v>
+      </c>
+      <c r="E9" s="23">
+        <v>174</v>
+      </c>
+      <c r="F9" s="23">
+        <v>87</v>
+      </c>
+      <c r="G9" s="24">
+        <v>40</v>
+      </c>
+      <c r="I9" s="22">
+        <v>9</v>
+      </c>
+      <c r="J9" s="23">
+        <v>0</v>
+      </c>
+      <c r="K9" s="23">
+        <v>0</v>
+      </c>
+      <c r="L9" s="25">
+        <v>9</v>
+      </c>
+      <c r="M9" s="28">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A10" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="22">
+        <v>22</v>
+      </c>
+      <c r="D10" s="23">
+        <v>53</v>
+      </c>
+      <c r="E10" s="23">
+        <v>195</v>
+      </c>
+      <c r="F10" s="23">
+        <v>105</v>
+      </c>
+      <c r="G10" s="24">
+        <v>94</v>
+      </c>
+      <c r="I10" s="22">
+        <v>11</v>
+      </c>
+      <c r="J10" s="23">
+        <v>0</v>
+      </c>
+      <c r="K10" s="23">
+        <v>0</v>
+      </c>
+      <c r="L10" s="25">
+        <v>11</v>
+      </c>
+      <c r="M10" s="28">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A11" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" s="22">
+        <v>33</v>
+      </c>
+      <c r="D11" s="23">
+        <v>74</v>
+      </c>
+      <c r="E11" s="23">
+        <v>152</v>
+      </c>
+      <c r="F11" s="23">
+        <v>128</v>
+      </c>
+      <c r="G11" s="24">
+        <v>184</v>
+      </c>
+      <c r="I11" s="22">
+        <v>10</v>
+      </c>
+      <c r="J11" s="23">
+        <v>0</v>
+      </c>
+      <c r="K11" s="23">
+        <v>0</v>
+      </c>
+      <c r="L11" s="25">
+        <v>10</v>
+      </c>
+      <c r="M11" s="28">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A12" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="22">
+        <v>21</v>
+      </c>
+      <c r="D12" s="23">
+        <v>41</v>
+      </c>
+      <c r="E12" s="23">
+        <v>167</v>
+      </c>
+      <c r="F12" s="23">
+        <v>123</v>
+      </c>
+      <c r="G12" s="24">
+        <v>131</v>
+      </c>
+      <c r="I12" s="22">
+        <v>2</v>
+      </c>
+      <c r="J12" s="23">
+        <v>0</v>
+      </c>
+      <c r="K12" s="23">
+        <v>0</v>
+      </c>
+      <c r="L12" s="25">
+        <v>2</v>
+      </c>
+      <c r="M12" s="28">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="31">
+        <v>49</v>
+      </c>
+      <c r="D13" s="32">
+        <v>53</v>
+      </c>
+      <c r="E13" s="32">
+        <v>267</v>
+      </c>
+      <c r="F13" s="32">
+        <v>124</v>
+      </c>
+      <c r="G13" s="33">
+        <v>47</v>
+      </c>
+      <c r="I13" s="31">
+        <v>26</v>
+      </c>
+      <c r="J13" s="32">
+        <v>1</v>
+      </c>
+      <c r="K13" s="32">
+        <v>0</v>
+      </c>
+      <c r="L13" s="34">
+        <v>27</v>
+      </c>
+      <c r="M13" s="35">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="36" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="37"/>
+      <c r="D14" s="3"/>
+      <c r="E14" s="3"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="38"/>
+      <c r="M14" s="39"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A15" s="40" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="41">
+        <v>21</v>
+      </c>
+      <c r="D15" s="42">
+        <v>54</v>
+      </c>
+      <c r="E15" s="42">
+        <v>153</v>
+      </c>
+      <c r="F15" s="42">
+        <v>82</v>
+      </c>
+      <c r="G15" s="43">
+        <v>31</v>
+      </c>
+      <c r="I15" s="41">
+        <v>2</v>
+      </c>
+      <c r="J15" s="42">
+        <v>0</v>
+      </c>
+      <c r="K15" s="42">
+        <v>0</v>
+      </c>
+      <c r="L15" s="44">
+        <v>2</v>
+      </c>
+      <c r="M15" s="26">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="22">
+        <v>66</v>
+      </c>
+      <c r="D16" s="23">
+        <v>43</v>
+      </c>
+      <c r="E16" s="23">
+        <v>140</v>
+      </c>
+      <c r="F16" s="23">
+        <v>61</v>
+      </c>
+      <c r="G16" s="24">
+        <v>39</v>
+      </c>
+      <c r="I16" s="22">
+        <v>4</v>
+      </c>
+      <c r="J16" s="23">
+        <v>0</v>
+      </c>
+      <c r="K16" s="23">
+        <v>0</v>
+      </c>
+      <c r="L16" s="25">
+        <v>4</v>
+      </c>
+      <c r="M16" s="28">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A17" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="22">
+        <v>20</v>
+      </c>
+      <c r="D17" s="23">
+        <v>52</v>
+      </c>
+      <c r="E17" s="23">
+        <v>175</v>
+      </c>
+      <c r="F17" s="23">
+        <v>90</v>
+      </c>
+      <c r="G17" s="24">
+        <v>29</v>
+      </c>
+      <c r="I17" s="22">
+        <v>1</v>
+      </c>
+      <c r="J17" s="23">
+        <v>0</v>
+      </c>
+      <c r="K17" s="23">
+        <v>0</v>
+      </c>
+      <c r="L17" s="25">
+        <v>1</v>
+      </c>
+      <c r="M17" s="28">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A18" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="22">
+        <v>35</v>
+      </c>
+      <c r="D18" s="23">
+        <v>59</v>
+      </c>
+      <c r="E18" s="23">
+        <v>191</v>
+      </c>
+      <c r="F18" s="23">
+        <v>124</v>
+      </c>
+      <c r="G18" s="24">
+        <v>67</v>
+      </c>
+      <c r="I18" s="22">
+        <v>15</v>
+      </c>
+      <c r="J18" s="23">
+        <v>0</v>
+      </c>
+      <c r="K18" s="23">
+        <v>0</v>
+      </c>
+      <c r="L18" s="25">
+        <v>15</v>
+      </c>
+      <c r="M18" s="28">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A19" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="C19" s="22">
+        <v>34</v>
+      </c>
+      <c r="D19" s="23">
+        <v>11</v>
+      </c>
+      <c r="E19" s="23">
+        <v>127</v>
+      </c>
+      <c r="F19" s="23">
+        <v>83</v>
+      </c>
+      <c r="G19" s="24">
+        <v>15</v>
+      </c>
+      <c r="I19" s="22">
+        <v>0</v>
+      </c>
+      <c r="J19" s="23">
+        <v>0</v>
+      </c>
+      <c r="K19" s="23">
+        <v>0</v>
+      </c>
+      <c r="L19" s="25">
+        <v>0</v>
+      </c>
+      <c r="M19" s="28">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A20" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" s="22">
+        <v>25</v>
+      </c>
+      <c r="D20" s="23">
+        <v>50</v>
+      </c>
+      <c r="E20" s="23">
+        <v>124</v>
+      </c>
+      <c r="F20" s="23">
+        <v>123</v>
+      </c>
+      <c r="G20" s="24">
+        <v>61</v>
+      </c>
+      <c r="I20" s="22">
+        <v>3</v>
+      </c>
+      <c r="J20" s="23">
+        <v>3</v>
+      </c>
+      <c r="K20" s="23">
+        <v>0</v>
+      </c>
+      <c r="L20" s="25">
+        <v>6</v>
+      </c>
+      <c r="M20" s="28">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A21" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="22">
+        <v>20</v>
+      </c>
+      <c r="D21" s="23">
+        <v>18</v>
+      </c>
+      <c r="E21" s="23">
+        <v>152</v>
+      </c>
+      <c r="F21" s="23">
+        <v>108</v>
+      </c>
+      <c r="G21" s="24">
+        <v>19</v>
+      </c>
+      <c r="I21" s="22">
+        <v>1</v>
+      </c>
+      <c r="J21" s="23">
+        <v>0</v>
+      </c>
+      <c r="K21" s="23">
+        <v>0</v>
+      </c>
+      <c r="L21" s="45">
+        <v>1</v>
+      </c>
+      <c r="M21" s="28">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A22" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" s="22">
+        <v>13</v>
+      </c>
+      <c r="D22" s="23">
+        <v>52</v>
+      </c>
+      <c r="E22" s="23">
+        <v>163</v>
+      </c>
+      <c r="F22" s="23">
+        <v>79</v>
+      </c>
+      <c r="G22" s="24">
+        <v>42</v>
+      </c>
+      <c r="I22" s="22">
+        <v>1</v>
+      </c>
+      <c r="J22" s="23">
+        <v>0</v>
+      </c>
+      <c r="K22" s="23">
+        <v>0</v>
+      </c>
+      <c r="L22" s="25">
+        <v>1</v>
+      </c>
+      <c r="M22" s="28">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A23" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C23" s="22">
+        <v>12</v>
+      </c>
+      <c r="D23" s="23">
+        <v>43</v>
+      </c>
+      <c r="E23" s="23">
+        <v>168</v>
+      </c>
+      <c r="F23" s="23">
+        <v>109</v>
+      </c>
+      <c r="G23" s="24">
+        <v>73</v>
+      </c>
+      <c r="I23" s="22">
+        <v>3</v>
+      </c>
+      <c r="J23" s="23">
+        <v>0</v>
+      </c>
+      <c r="K23" s="23">
+        <v>0</v>
+      </c>
+      <c r="L23" s="25">
+        <v>3</v>
+      </c>
+      <c r="M23" s="28">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A24" s="29" t="s">
+        <v>34</v>
+      </c>
+      <c r="C24" s="22">
+        <v>13</v>
+      </c>
+      <c r="D24" s="23">
+        <v>68</v>
+      </c>
+      <c r="E24" s="23">
+        <v>224</v>
+      </c>
+      <c r="F24" s="23">
+        <v>76</v>
+      </c>
+      <c r="G24" s="24">
+        <v>54</v>
+      </c>
+      <c r="I24" s="22">
+        <v>4</v>
+      </c>
+      <c r="J24" s="23">
+        <v>0</v>
+      </c>
+      <c r="K24" s="23">
+        <v>0</v>
+      </c>
+      <c r="L24" s="25">
+        <v>4</v>
+      </c>
+      <c r="M24" s="28">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="C25" s="31">
+        <v>25</v>
+      </c>
+      <c r="D25" s="32">
+        <v>51</v>
+      </c>
+      <c r="E25" s="32">
+        <v>175</v>
+      </c>
+      <c r="F25" s="32">
+        <v>56</v>
+      </c>
+      <c r="G25" s="33">
+        <v>45</v>
+      </c>
+      <c r="I25" s="31">
+        <v>1</v>
+      </c>
+      <c r="J25" s="32">
+        <v>0</v>
+      </c>
+      <c r="K25" s="32">
+        <v>0</v>
+      </c>
+      <c r="L25" s="34">
+        <v>1</v>
+      </c>
+      <c r="M25" s="35">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="C26" s="37"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="K26" s="38"/>
+      <c r="L26" s="38"/>
+      <c r="M26" s="39"/>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A27" s="40" t="s">
+        <v>37</v>
+      </c>
+      <c r="C27" s="41">
+        <v>21</v>
+      </c>
+      <c r="D27" s="42">
+        <v>68</v>
+      </c>
+      <c r="E27" s="42">
+        <v>130</v>
+      </c>
+      <c r="F27" s="42">
+        <v>64</v>
+      </c>
+      <c r="G27" s="43">
+        <v>48</v>
+      </c>
+      <c r="I27" s="41">
+        <v>0</v>
+      </c>
+      <c r="J27" s="42">
+        <v>0</v>
+      </c>
+      <c r="K27" s="42">
+        <v>0</v>
+      </c>
+      <c r="L27" s="44">
+        <v>0</v>
+      </c>
+      <c r="M27" s="26">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A28" s="46" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="22">
+        <v>24</v>
+      </c>
+      <c r="D28" s="23">
+        <v>72</v>
+      </c>
+      <c r="E28" s="23">
+        <v>156</v>
+      </c>
+      <c r="F28" s="23">
+        <v>142</v>
+      </c>
+      <c r="G28" s="24">
+        <v>63</v>
+      </c>
+      <c r="I28" s="22">
+        <v>2</v>
+      </c>
+      <c r="J28" s="23">
+        <v>0</v>
+      </c>
+      <c r="K28" s="23">
+        <v>0</v>
+      </c>
+      <c r="L28" s="25">
+        <v>2</v>
+      </c>
+      <c r="M28" s="28">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A29" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="C29" s="22">
+        <v>8</v>
+      </c>
+      <c r="D29" s="23">
+        <v>53</v>
+      </c>
+      <c r="E29" s="23">
+        <v>202</v>
+      </c>
+      <c r="F29" s="23">
+        <v>258</v>
+      </c>
+      <c r="G29" s="24">
+        <v>73</v>
+      </c>
+      <c r="I29" s="22">
+        <v>9</v>
+      </c>
+      <c r="J29" s="23">
+        <v>0</v>
+      </c>
+      <c r="K29" s="23">
+        <v>0</v>
+      </c>
+      <c r="L29" s="25">
+        <v>9</v>
+      </c>
+      <c r="M29" s="28">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A30" s="47" t="s">
+        <v>40</v>
+      </c>
+      <c r="C30" s="22">
+        <v>6</v>
+      </c>
+      <c r="D30" s="23">
+        <v>39</v>
+      </c>
+      <c r="E30" s="23">
+        <v>182</v>
+      </c>
+      <c r="F30" s="23">
+        <v>168</v>
+      </c>
+      <c r="G30" s="24">
+        <v>84</v>
+      </c>
+      <c r="I30" s="22">
+        <v>14</v>
+      </c>
+      <c r="J30" s="23">
+        <v>0</v>
+      </c>
+      <c r="K30" s="23">
+        <v>0</v>
+      </c>
+      <c r="L30" s="25">
+        <v>14</v>
+      </c>
+      <c r="M30" s="28">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A31" s="47" t="s">
+        <v>41</v>
+      </c>
+      <c r="C31" s="22">
+        <v>20</v>
+      </c>
+      <c r="D31" s="23">
+        <v>63</v>
+      </c>
+      <c r="E31" s="23">
+        <v>185</v>
+      </c>
+      <c r="F31" s="23">
+        <v>231</v>
+      </c>
+      <c r="G31" s="24">
+        <v>86</v>
+      </c>
+      <c r="I31" s="22">
+        <v>3</v>
+      </c>
+      <c r="J31" s="23">
+        <v>0</v>
+      </c>
+      <c r="K31" s="23">
+        <v>0</v>
+      </c>
+      <c r="L31" s="25">
+        <v>3</v>
+      </c>
+      <c r="M31" s="28">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A32" s="47" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" s="22">
+        <v>22</v>
+      </c>
+      <c r="D32" s="23">
+        <v>61</v>
+      </c>
+      <c r="E32" s="23">
+        <v>223</v>
+      </c>
+      <c r="F32" s="23">
+        <v>167</v>
+      </c>
+      <c r="G32" s="24">
+        <v>77</v>
+      </c>
+      <c r="I32" s="22">
+        <v>3</v>
+      </c>
+      <c r="J32" s="23">
+        <v>1</v>
+      </c>
+      <c r="K32" s="23">
+        <v>2</v>
+      </c>
+      <c r="L32" s="25">
+        <v>6</v>
+      </c>
+      <c r="M32" s="28">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A33" s="47" t="s">
+        <v>43</v>
+      </c>
+      <c r="C33" s="22">
+        <v>16</v>
+      </c>
+      <c r="D33" s="23">
+        <v>66</v>
+      </c>
+      <c r="E33" s="23">
+        <v>127</v>
+      </c>
+      <c r="F33" s="23">
+        <v>101</v>
+      </c>
+      <c r="G33" s="24">
+        <v>78</v>
+      </c>
+      <c r="I33" s="22">
+        <v>14</v>
+      </c>
+      <c r="J33" s="23">
+        <v>0</v>
+      </c>
+      <c r="K33" s="23">
+        <v>4</v>
+      </c>
+      <c r="L33" s="25">
+        <v>18</v>
+      </c>
+      <c r="M33" s="28">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A34" s="47" t="s">
+        <v>44</v>
+      </c>
+      <c r="C34" s="22">
+        <v>18</v>
+      </c>
+      <c r="D34" s="23">
+        <v>54</v>
+      </c>
+      <c r="E34" s="23">
+        <v>170</v>
+      </c>
+      <c r="F34" s="23">
+        <v>111</v>
+      </c>
+      <c r="G34" s="24">
+        <v>65</v>
+      </c>
+      <c r="I34" s="22">
+        <v>16</v>
+      </c>
+      <c r="J34" s="23">
+        <v>0</v>
+      </c>
+      <c r="K34" s="23">
+        <v>0</v>
+      </c>
+      <c r="L34" s="25">
+        <v>16</v>
+      </c>
+      <c r="M34" s="28">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A35" s="47" t="s">
+        <v>45</v>
+      </c>
+      <c r="C35" s="22">
+        <v>21</v>
+      </c>
+      <c r="D35" s="23">
+        <v>72</v>
+      </c>
+      <c r="E35" s="23">
+        <v>177</v>
+      </c>
+      <c r="F35" s="23">
+        <v>161</v>
+      </c>
+      <c r="G35" s="24">
+        <v>76</v>
+      </c>
+      <c r="I35" s="22">
+        <v>4</v>
+      </c>
+      <c r="J35" s="23">
+        <v>0</v>
+      </c>
+      <c r="K35" s="23">
+        <v>0</v>
+      </c>
+      <c r="L35" s="25">
+        <v>4</v>
+      </c>
+      <c r="M35" s="28">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A36" s="47" t="s">
+        <v>46</v>
+      </c>
+      <c r="C36" s="22">
+        <v>23</v>
+      </c>
+      <c r="D36" s="23">
+        <v>54</v>
+      </c>
+      <c r="E36" s="23">
+        <v>130</v>
+      </c>
+      <c r="F36" s="23">
+        <v>47</v>
+      </c>
+      <c r="G36" s="24">
+        <v>30</v>
+      </c>
+      <c r="I36" s="22">
+        <v>14</v>
+      </c>
+      <c r="J36" s="23">
+        <v>0</v>
+      </c>
+      <c r="K36" s="23">
+        <v>0</v>
+      </c>
+      <c r="L36" s="25">
+        <v>14</v>
+      </c>
+      <c r="M36" s="28">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" s="31">
+        <v>16</v>
+      </c>
+      <c r="D37" s="32">
+        <v>39</v>
+      </c>
+      <c r="E37" s="32">
+        <v>142</v>
+      </c>
+      <c r="F37" s="32">
+        <v>147</v>
+      </c>
+      <c r="G37" s="33">
+        <v>50</v>
+      </c>
+      <c r="I37" s="31">
+        <v>28</v>
+      </c>
+      <c r="J37" s="32">
+        <v>0</v>
+      </c>
+      <c r="K37" s="32">
+        <v>0</v>
+      </c>
+      <c r="L37" s="34">
+        <v>28</v>
+      </c>
+      <c r="M37" s="35">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="C38" s="37"/>
+      <c r="D38" s="3"/>
+      <c r="E38" s="3"/>
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="K38" s="38"/>
+      <c r="L38" s="38"/>
+      <c r="M38" s="39"/>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A39" s="49" t="s">
+        <v>49</v>
+      </c>
+      <c r="C39" s="41">
+        <v>54</v>
+      </c>
+      <c r="D39" s="42">
+        <v>46</v>
+      </c>
+      <c r="E39" s="42">
+        <v>228</v>
+      </c>
+      <c r="F39" s="42">
+        <v>97</v>
+      </c>
+      <c r="G39" s="43">
+        <v>136</v>
+      </c>
+      <c r="I39" s="41">
+        <v>32</v>
+      </c>
+      <c r="J39" s="42">
+        <v>0</v>
+      </c>
+      <c r="K39" s="42">
+        <v>0</v>
+      </c>
+      <c r="L39" s="44">
+        <v>32</v>
+      </c>
+      <c r="M39" s="26">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A40" s="47" t="s">
+        <v>50</v>
+      </c>
+      <c r="C40" s="22">
+        <v>26</v>
+      </c>
+      <c r="D40" s="23">
+        <v>52</v>
+      </c>
+      <c r="E40" s="23">
+        <v>133</v>
+      </c>
+      <c r="F40" s="23">
+        <v>94</v>
+      </c>
+      <c r="G40" s="24">
+        <v>45</v>
+      </c>
+      <c r="I40" s="22">
+        <v>19</v>
+      </c>
+      <c r="J40" s="23">
         <v>5</v>
       </c>
-      <c r="C4" s="13" t="s">
+      <c r="K40" s="23">
+        <v>0</v>
+      </c>
+      <c r="L40" s="25">
+        <v>24</v>
+      </c>
+      <c r="M40" s="28">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A41" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="C41" s="22">
+        <v>27</v>
+      </c>
+      <c r="D41" s="23">
+        <v>73</v>
+      </c>
+      <c r="E41" s="23">
+        <v>208</v>
+      </c>
+      <c r="F41" s="23">
+        <v>120</v>
+      </c>
+      <c r="G41" s="24">
+        <v>115</v>
+      </c>
+      <c r="I41" s="22">
+        <v>7</v>
+      </c>
+      <c r="J41" s="23">
+        <v>7</v>
+      </c>
+      <c r="K41" s="23">
+        <v>0</v>
+      </c>
+      <c r="L41" s="25">
+        <v>14</v>
+      </c>
+      <c r="M41" s="28">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A42" s="46" t="s">
+        <v>52</v>
+      </c>
+      <c r="C42" s="22">
+        <v>53</v>
+      </c>
+      <c r="D42" s="23">
+        <v>33</v>
+      </c>
+      <c r="E42" s="23">
+        <v>189.5</v>
+      </c>
+      <c r="F42" s="23">
+        <v>138</v>
+      </c>
+      <c r="G42" s="24">
+        <v>148</v>
+      </c>
+      <c r="I42" s="22">
+        <v>18</v>
+      </c>
+      <c r="J42" s="23">
+        <v>0</v>
+      </c>
+      <c r="K42" s="23">
+        <v>0</v>
+      </c>
+      <c r="L42" s="25">
+        <v>18</v>
+      </c>
+      <c r="M42" s="28">
+        <v>579.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A43" s="46" t="s">
+        <v>53</v>
+      </c>
+      <c r="C43" s="22">
+        <v>19</v>
+      </c>
+      <c r="D43" s="23">
+        <v>50</v>
+      </c>
+      <c r="E43" s="23">
+        <v>201</v>
+      </c>
+      <c r="F43" s="23">
+        <v>163</v>
+      </c>
+      <c r="G43" s="24">
+        <v>47</v>
+      </c>
+      <c r="I43" s="22">
+        <v>45</v>
+      </c>
+      <c r="J43" s="23">
+        <v>0</v>
+      </c>
+      <c r="K43" s="23">
+        <v>0</v>
+      </c>
+      <c r="L43" s="25">
+        <v>45</v>
+      </c>
+      <c r="M43" s="28">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A44" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="C44" s="22">
+        <v>40</v>
+      </c>
+      <c r="D44" s="23">
+        <v>53</v>
+      </c>
+      <c r="E44" s="23">
+        <v>252</v>
+      </c>
+      <c r="F44" s="23">
+        <v>122</v>
+      </c>
+      <c r="G44" s="24">
+        <v>66</v>
+      </c>
+      <c r="I44" s="22">
+        <v>15</v>
+      </c>
+      <c r="J44" s="23">
+        <v>20</v>
+      </c>
+      <c r="K44" s="23">
+        <v>0</v>
+      </c>
+      <c r="L44" s="25">
+        <v>35</v>
+      </c>
+      <c r="M44" s="28">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A45" s="46" t="s">
+        <v>55</v>
+      </c>
+      <c r="C45" s="22">
+        <v>49</v>
+      </c>
+      <c r="D45" s="23">
+        <v>83</v>
+      </c>
+      <c r="E45" s="23">
+        <v>204</v>
+      </c>
+      <c r="F45" s="23">
+        <v>140</v>
+      </c>
+      <c r="G45" s="24">
+        <v>80</v>
+      </c>
+      <c r="I45" s="22">
+        <v>21</v>
+      </c>
+      <c r="J45" s="23">
+        <v>0</v>
+      </c>
+      <c r="K45" s="23">
+        <v>0</v>
+      </c>
+      <c r="L45" s="25">
+        <v>21</v>
+      </c>
+      <c r="M45" s="28">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A46" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="C46" s="22">
+        <v>26</v>
+      </c>
+      <c r="D46" s="23">
+        <v>72</v>
+      </c>
+      <c r="E46" s="23">
+        <v>187</v>
+      </c>
+      <c r="F46" s="23">
+        <v>147</v>
+      </c>
+      <c r="G46" s="24">
+        <v>65</v>
+      </c>
+      <c r="I46" s="22">
+        <v>17</v>
+      </c>
+      <c r="J46" s="23">
+        <v>0</v>
+      </c>
+      <c r="K46" s="23">
+        <v>0</v>
+      </c>
+      <c r="L46" s="25">
+        <v>17</v>
+      </c>
+      <c r="M46" s="28">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A47" s="46" t="s">
+        <v>57</v>
+      </c>
+      <c r="C47" s="22">
+        <v>47</v>
+      </c>
+      <c r="D47" s="23">
+        <v>55</v>
+      </c>
+      <c r="E47" s="23">
+        <v>214</v>
+      </c>
+      <c r="F47" s="23">
+        <v>119</v>
+      </c>
+      <c r="G47" s="24">
+        <v>81</v>
+      </c>
+      <c r="I47" s="22">
+        <v>42</v>
+      </c>
+      <c r="J47" s="23">
+        <v>0</v>
+      </c>
+      <c r="K47" s="23">
+        <v>0</v>
+      </c>
+      <c r="L47" s="25">
+        <v>42</v>
+      </c>
+      <c r="M47" s="28">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A48" s="46" t="s">
+        <v>58</v>
+      </c>
+      <c r="C48" s="22">
+        <v>26</v>
+      </c>
+      <c r="D48" s="23">
+        <v>81</v>
+      </c>
+      <c r="E48" s="23">
+        <v>138</v>
+      </c>
+      <c r="F48" s="23">
+        <v>242</v>
+      </c>
+      <c r="G48" s="24">
+        <v>38</v>
+      </c>
+      <c r="I48" s="22">
+        <v>32</v>
+      </c>
+      <c r="J48" s="23">
+        <v>0</v>
+      </c>
+      <c r="K48" s="23">
+        <v>0</v>
+      </c>
+      <c r="L48" s="25">
+        <v>32</v>
+      </c>
+      <c r="M48" s="28">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="46" t="s">
+        <v>59</v>
+      </c>
+      <c r="C49" s="22">
+        <v>27</v>
+      </c>
+      <c r="D49" s="23">
+        <v>66</v>
+      </c>
+      <c r="E49" s="23">
+        <v>209</v>
+      </c>
+      <c r="F49" s="23">
+        <v>76</v>
+      </c>
+      <c r="G49" s="24">
+        <v>49</v>
+      </c>
+      <c r="I49" s="22">
+        <v>13</v>
+      </c>
+      <c r="J49" s="23">
+        <v>0</v>
+      </c>
+      <c r="K49" s="23">
+        <v>0</v>
+      </c>
+      <c r="L49" s="25">
+        <v>13</v>
+      </c>
+      <c r="M49" s="28">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="46" t="s">
+        <v>60</v>
+      </c>
+      <c r="C50" s="22">
+        <v>41</v>
+      </c>
+      <c r="D50" s="23">
+        <v>89</v>
+      </c>
+      <c r="E50" s="23">
+        <v>304</v>
+      </c>
+      <c r="F50" s="23">
+        <v>103</v>
+      </c>
+      <c r="G50" s="24">
+        <v>202</v>
+      </c>
+      <c r="I50" s="22">
+        <v>18</v>
+      </c>
+      <c r="J50" s="23">
         <v>6</v>
       </c>
-      <c r="D4" s="13" t="s">
+      <c r="K50" s="23">
+        <v>0</v>
+      </c>
+      <c r="L50" s="25">
+        <v>24</v>
+      </c>
+      <c r="M50" s="28">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A51" s="46" t="s">
+        <v>61</v>
+      </c>
+      <c r="C51" s="22">
+        <v>58</v>
+      </c>
+      <c r="D51" s="23">
+        <v>46</v>
+      </c>
+      <c r="E51" s="23">
+        <v>220</v>
+      </c>
+      <c r="F51" s="23">
+        <v>137</v>
+      </c>
+      <c r="G51" s="24">
+        <v>124</v>
+      </c>
+      <c r="I51" s="22">
+        <v>5</v>
+      </c>
+      <c r="J51" s="23">
+        <v>0</v>
+      </c>
+      <c r="K51" s="23">
+        <v>0</v>
+      </c>
+      <c r="L51" s="25">
+        <v>5</v>
+      </c>
+      <c r="M51" s="28">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="46" t="s">
+        <v>62</v>
+      </c>
+      <c r="C52" s="22">
+        <v>18</v>
+      </c>
+      <c r="D52" s="23">
+        <v>31</v>
+      </c>
+      <c r="E52" s="23">
+        <v>167</v>
+      </c>
+      <c r="F52" s="23">
+        <v>89</v>
+      </c>
+      <c r="G52" s="24">
+        <v>143</v>
+      </c>
+      <c r="I52" s="22">
         <v>7</v>
       </c>
-      <c r="E4" s="13">
+      <c r="J52" s="23">
+        <v>0</v>
+      </c>
+      <c r="K52" s="23">
+        <v>0</v>
+      </c>
+      <c r="L52" s="25">
+        <v>7</v>
+      </c>
+      <c r="M52" s="28">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="C53" s="22">
+        <v>23</v>
+      </c>
+      <c r="D53" s="23">
+        <v>39</v>
+      </c>
+      <c r="E53" s="23">
+        <v>172</v>
+      </c>
+      <c r="F53" s="23">
+        <v>94</v>
+      </c>
+      <c r="G53" s="24">
+        <v>28</v>
+      </c>
+      <c r="I53" s="22">
+        <v>60</v>
+      </c>
+      <c r="J53" s="23">
         <v>6</v>
       </c>
-      <c r="F4" s="13">
-[...2 lines deleted...]
-      <c r="G4" s="13">
+      <c r="K53" s="23">
+        <v>0</v>
+      </c>
+      <c r="L53" s="25">
+        <v>66</v>
+      </c>
+      <c r="M53" s="28">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A54" s="46" t="s">
+        <v>64</v>
+      </c>
+      <c r="C54" s="22">
+        <v>23</v>
+      </c>
+      <c r="D54" s="23">
+        <v>43</v>
+      </c>
+      <c r="E54" s="23">
+        <v>233</v>
+      </c>
+      <c r="F54" s="23">
+        <v>58</v>
+      </c>
+      <c r="G54" s="24">
+        <v>137</v>
+      </c>
+      <c r="I54" s="22">
+        <v>60</v>
+      </c>
+      <c r="J54" s="23">
+        <v>0</v>
+      </c>
+      <c r="K54" s="23">
+        <v>0</v>
+      </c>
+      <c r="L54" s="25">
+        <v>60</v>
+      </c>
+      <c r="M54" s="28">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="50" t="s">
+        <v>65</v>
+      </c>
+      <c r="C55" s="31">
+        <v>21</v>
+      </c>
+      <c r="D55" s="32">
+        <v>43</v>
+      </c>
+      <c r="E55" s="32">
+        <v>259</v>
+      </c>
+      <c r="F55" s="32">
+        <v>56</v>
+      </c>
+      <c r="G55" s="33">
+        <v>163</v>
+      </c>
+      <c r="I55" s="31">
+        <v>21</v>
+      </c>
+      <c r="J55" s="32">
         <v>8</v>
       </c>
-      <c r="H4" s="13">
-[...572 lines deleted...]
-      <c r="A23" s="23" t="s">
+      <c r="K55" s="32">
+        <v>0</v>
+      </c>
+      <c r="L55" s="34">
         <v>29</v>
       </c>
-      <c r="C23" s="17">
-[...1012 lines deleted...]
-        <v>36</v>
+      <c r="M55" s="35">
+        <v>571</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="D3:J3"/>
+    <mergeCell ref="I3:L3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>