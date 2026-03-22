--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -5,123 +5,132 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rmd470-my.sharepoint.com/personal/dirk_rmd_co_za/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FC0FC8DC-0AB6-4AA3-83F9-7773CAE0C8E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B25AC3D6-850C-4BA6-919B-5783F9E6EEE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="1065" windowWidth="13305" windowHeight="15135" xr2:uid="{9026887E-3418-4F6E-BEEA-DF7668934527}"/>
+    <workbookView xWindow="29475" yWindow="870" windowWidth="14250" windowHeight="14730" xr2:uid="{6ACDD490-1997-4658-878F-DCA461C7AE59}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A2" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="69">
   <si>
     <t>RMD Rainfall</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t>DAILY RAINFALL FOR</t>
   </si>
   <si>
+    <t>MAR</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
+    <t>EASTERN FREE STATE:</t>
+  </si>
+  <si>
+    <t>SEP</t>
+  </si>
+  <si>
+    <t>OCT</t>
+  </si>
+  <si>
+    <t>NOV</t>
+  </si>
+  <si>
+    <t>DEC</t>
+  </si>
+  <si>
+    <t>JAN</t>
+  </si>
+  <si>
     <t>FEB</t>
   </si>
   <si>
-    <t>Season</t>
-[...20 lines deleted...]
-    <t>30J-1</t>
+    <t>27-1</t>
+  </si>
+  <si>
+    <t>6-8</t>
+  </si>
+  <si>
+    <t>13-15</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>to date</t>
   </si>
   <si>
     <t>BETHLEHEM</t>
   </si>
   <si>
     <t>FOURIESBURG</t>
   </si>
   <si>
     <t>FRANKFORT</t>
   </si>
   <si>
     <t>HARRISMITH</t>
   </si>
   <si>
     <t xml:space="preserve">HEILBRON       </t>
   </si>
   <si>
     <t>KROONSTAD</t>
   </si>
@@ -300,293 +309,320 @@
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="27">
+  <borders count="34">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...41 lines deleted...]
-      <top/>
       <bottom style="medium">
-        <color indexed="64"/>
-[...58 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...54 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -608,220 +644,304 @@
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
       <top/>
       <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="51">
+  <cellXfs count="59">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="9" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="15" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="16" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="4" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="4" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="20" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="21" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1115,1875 +1235,3420 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D78657CD-48EE-4451-BBAC-2ABFF95C2130}">
-  <dimension ref="A1:M55"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD2E027D-CE42-4070-B151-9E45A45B289F}">
+  <dimension ref="A1:X55"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5:M55"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection sqref="A1:X1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="30.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="2.28515625" style="2" customWidth="1"/>
-    <col min="3" max="3" width="5.28515625" style="2" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="5.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="5.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="5.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="5.5703125" style="2" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="5.5703125" style="2" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="13" width="8.5703125" style="4" customWidth="1"/>
+    <col min="7" max="8" width="5.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="2" style="3" customWidth="1"/>
+    <col min="10" max="10" width="1.7109375" style="3" customWidth="1"/>
+    <col min="11" max="11" width="5.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="3.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14" max="15" width="3.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="4.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="3.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="6.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="3.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="3.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="4.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="7.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="10.28515625" style="4" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:24" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="5">
         <f ca="1">TODAY()</f>
-        <v>46057</v>
+        <v>46100</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
-      <c r="H2" s="6"/>
+      <c r="H2" s="4"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
-      <c r="K2" s="4"/>
-      <c r="M2" s="7" t="s">
+      <c r="K2" s="6"/>
+      <c r="L2" s="6"/>
+      <c r="M2" s="6"/>
+      <c r="N2" s="6"/>
+      <c r="O2" s="6"/>
+      <c r="P2" s="6"/>
+      <c r="Q2" s="6"/>
+      <c r="R2" s="6"/>
+      <c r="S2" s="6"/>
+      <c r="T2" s="6"/>
+      <c r="U2" s="6"/>
+      <c r="V2" s="4"/>
+      <c r="X2" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="I3" s="9" t="s">
+      <c r="C3" s="9">
+        <v>2025</v>
+      </c>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="9">
+        <v>2056</v>
+      </c>
+      <c r="H3" s="11"/>
+      <c r="K3" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="J3" s="10"/>
-[...2 lines deleted...]
-      <c r="M3" s="12" t="s">
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
+      <c r="S3" s="13"/>
+      <c r="T3" s="13"/>
+      <c r="U3" s="13"/>
+      <c r="V3" s="13"/>
+      <c r="W3" s="14"/>
+      <c r="X3" s="15" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="13" t="s">
+    <row r="4" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="16" t="s">
         <v>6</v>
       </c>
-      <c r="C4" s="14" t="s">
+      <c r="C4" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="D4" s="15" t="s">
+      <c r="D4" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E4" s="15" t="s">
+      <c r="E4" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="F4" s="15" t="s">
+      <c r="F4" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="G4" s="16" t="s">
+      <c r="G4" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="H4" s="17"/>
-      <c r="I4" s="14" t="s">
+      <c r="H4" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="J4" s="15">
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="L4" s="17">
         <v>2</v>
       </c>
-      <c r="K4" s="18">
+      <c r="M4" s="17">
         <v>3</v>
       </c>
-      <c r="L4" s="19" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="20" t="s">
+      <c r="N4" s="17">
+        <v>4</v>
+      </c>
+      <c r="O4" s="17">
+        <v>5</v>
+      </c>
+      <c r="P4" s="17" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="21" t="s">
+      <c r="Q4" s="17">
+        <v>10</v>
+      </c>
+      <c r="R4" s="17">
+        <v>12</v>
+      </c>
+      <c r="S4" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="22">
+      <c r="T4" s="17">
+        <v>16</v>
+      </c>
+      <c r="U4" s="17">
+        <v>17</v>
+      </c>
+      <c r="V4" s="19">
+        <v>18</v>
+      </c>
+      <c r="W4" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="X4" s="21" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A5" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="23">
         <v>65</v>
       </c>
       <c r="D5" s="23">
         <v>74</v>
       </c>
       <c r="E5" s="23">
         <v>201</v>
       </c>
       <c r="F5" s="23">
         <v>107</v>
       </c>
-      <c r="G5" s="24">
+      <c r="G5" s="23">
         <v>89</v>
       </c>
-      <c r="I5" s="22">
+      <c r="H5" s="23">
+        <v>82</v>
+      </c>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="24">
+        <v>55</v>
+      </c>
+      <c r="L5" s="25">
+        <v>0</v>
+      </c>
+      <c r="M5" s="25">
+        <v>0</v>
+      </c>
+      <c r="N5" s="25">
+        <v>0</v>
+      </c>
+      <c r="O5" s="25">
+        <v>25</v>
+      </c>
+      <c r="P5" s="25">
+        <v>60</v>
+      </c>
+      <c r="Q5" s="25">
+        <v>0</v>
+      </c>
+      <c r="R5" s="25">
+        <v>0</v>
+      </c>
+      <c r="S5" s="25">
+        <v>1</v>
+      </c>
+      <c r="T5" s="25">
+        <v>6</v>
+      </c>
+      <c r="U5" s="25">
+        <v>0</v>
+      </c>
+      <c r="V5" s="23">
+        <v>1</v>
+      </c>
+      <c r="W5" s="26">
+        <v>148</v>
+      </c>
+      <c r="X5" s="27">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A6" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="29">
+        <v>71</v>
+      </c>
+      <c r="D6" s="29">
+        <v>61</v>
+      </c>
+      <c r="E6" s="29">
+        <v>165</v>
+      </c>
+      <c r="F6" s="29">
+        <v>95</v>
+      </c>
+      <c r="G6" s="29">
+        <v>123</v>
+      </c>
+      <c r="H6" s="29">
+        <v>64</v>
+      </c>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+      <c r="K6" s="30">
+        <v>50</v>
+      </c>
+      <c r="L6" s="31">
+        <v>0</v>
+      </c>
+      <c r="M6" s="31">
+        <v>0</v>
+      </c>
+      <c r="N6" s="31">
+        <v>0</v>
+      </c>
+      <c r="O6" s="31">
+        <v>25</v>
+      </c>
+      <c r="P6" s="31">
+        <v>42</v>
+      </c>
+      <c r="Q6" s="31">
+        <v>0</v>
+      </c>
+      <c r="R6" s="31">
+        <v>0</v>
+      </c>
+      <c r="S6" s="31">
+        <v>0</v>
+      </c>
+      <c r="T6" s="31">
+        <v>3</v>
+      </c>
+      <c r="U6" s="31">
+        <v>0</v>
+      </c>
+      <c r="V6" s="29">
+        <v>1</v>
+      </c>
+      <c r="W6" s="32">
+        <v>121</v>
+      </c>
+      <c r="X6" s="33">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A7" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="29">
+        <v>72</v>
+      </c>
+      <c r="D7" s="29">
+        <v>66</v>
+      </c>
+      <c r="E7" s="29">
+        <v>221</v>
+      </c>
+      <c r="F7" s="29">
+        <v>76</v>
+      </c>
+      <c r="G7" s="29">
+        <v>55</v>
+      </c>
+      <c r="H7" s="29">
+        <v>111</v>
+      </c>
+      <c r="I7" s="18"/>
+      <c r="J7" s="18"/>
+      <c r="K7" s="30">
+        <v>5</v>
+      </c>
+      <c r="L7" s="31">
+        <v>0</v>
+      </c>
+      <c r="M7" s="31">
+        <v>0</v>
+      </c>
+      <c r="N7" s="31">
+        <v>0</v>
+      </c>
+      <c r="O7" s="31">
+        <v>13</v>
+      </c>
+      <c r="P7" s="31">
+        <v>5</v>
+      </c>
+      <c r="Q7" s="31">
+        <v>0</v>
+      </c>
+      <c r="R7" s="31">
+        <v>0</v>
+      </c>
+      <c r="S7" s="31">
+        <v>0</v>
+      </c>
+      <c r="T7" s="31">
+        <v>0</v>
+      </c>
+      <c r="U7" s="31">
+        <v>0</v>
+      </c>
+      <c r="V7" s="29">
+        <v>0</v>
+      </c>
+      <c r="W7" s="32">
+        <v>23</v>
+      </c>
+      <c r="X7" s="33">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A8" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="29">
+        <v>49</v>
+      </c>
+      <c r="D8" s="29">
+        <v>68</v>
+      </c>
+      <c r="E8" s="29">
+        <v>203</v>
+      </c>
+      <c r="F8" s="29">
+        <v>117</v>
+      </c>
+      <c r="G8" s="29">
+        <v>82</v>
+      </c>
+      <c r="H8" s="29">
+        <v>65</v>
+      </c>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+      <c r="K8" s="30">
+        <v>10</v>
+      </c>
+      <c r="L8" s="31">
+        <v>0</v>
+      </c>
+      <c r="M8" s="31">
+        <v>0</v>
+      </c>
+      <c r="N8" s="31">
+        <v>0</v>
+      </c>
+      <c r="O8" s="31">
+        <v>6</v>
+      </c>
+      <c r="P8" s="31">
+        <v>9</v>
+      </c>
+      <c r="Q8" s="31">
+        <v>0</v>
+      </c>
+      <c r="R8" s="31">
+        <v>0</v>
+      </c>
+      <c r="S8" s="31">
+        <v>0</v>
+      </c>
+      <c r="T8" s="31">
+        <v>2</v>
+      </c>
+      <c r="U8" s="31">
+        <v>0</v>
+      </c>
+      <c r="V8" s="29">
+        <v>0</v>
+      </c>
+      <c r="W8" s="32">
+        <v>27</v>
+      </c>
+      <c r="X8" s="33">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A9" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="29">
+        <v>27</v>
+      </c>
+      <c r="D9" s="29">
+        <v>51</v>
+      </c>
+      <c r="E9" s="29">
+        <v>174</v>
+      </c>
+      <c r="F9" s="29">
+        <v>87</v>
+      </c>
+      <c r="G9" s="29">
+        <v>40</v>
+      </c>
+      <c r="H9" s="29">
+        <v>61</v>
+      </c>
+      <c r="I9" s="18"/>
+      <c r="J9" s="18"/>
+      <c r="K9" s="30">
+        <v>9</v>
+      </c>
+      <c r="L9" s="31">
+        <v>0</v>
+      </c>
+      <c r="M9" s="31">
+        <v>0</v>
+      </c>
+      <c r="N9" s="31">
+        <v>0</v>
+      </c>
+      <c r="O9" s="31">
+        <v>25</v>
+      </c>
+      <c r="P9" s="31">
+        <v>26</v>
+      </c>
+      <c r="Q9" s="31">
+        <v>0</v>
+      </c>
+      <c r="R9" s="31">
+        <v>0</v>
+      </c>
+      <c r="S9" s="31">
+        <v>0</v>
+      </c>
+      <c r="T9" s="31">
+        <v>2</v>
+      </c>
+      <c r="U9" s="31">
+        <v>0</v>
+      </c>
+      <c r="V9" s="29">
+        <v>0</v>
+      </c>
+      <c r="W9" s="32">
+        <v>62</v>
+      </c>
+      <c r="X9" s="33">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A10" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="29">
+        <v>22</v>
+      </c>
+      <c r="D10" s="29">
+        <v>53</v>
+      </c>
+      <c r="E10" s="29">
+        <v>195</v>
+      </c>
+      <c r="F10" s="29">
+        <v>105</v>
+      </c>
+      <c r="G10" s="29">
+        <v>94</v>
+      </c>
+      <c r="H10" s="29">
+        <v>78</v>
+      </c>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
+      <c r="K10" s="30">
+        <v>55</v>
+      </c>
+      <c r="L10" s="31">
+        <v>0</v>
+      </c>
+      <c r="M10" s="31">
+        <v>0</v>
+      </c>
+      <c r="N10" s="31">
+        <v>0</v>
+      </c>
+      <c r="O10" s="31">
+        <v>41</v>
+      </c>
+      <c r="P10" s="31">
+        <v>50</v>
+      </c>
+      <c r="Q10" s="31">
+        <v>0</v>
+      </c>
+      <c r="R10" s="31">
+        <v>0</v>
+      </c>
+      <c r="S10" s="31">
+        <v>4</v>
+      </c>
+      <c r="T10" s="31">
+        <v>2</v>
+      </c>
+      <c r="U10" s="31">
+        <v>3</v>
+      </c>
+      <c r="V10" s="29">
+        <v>7</v>
+      </c>
+      <c r="W10" s="32">
+        <v>162</v>
+      </c>
+      <c r="X10" s="33">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A11" s="34" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="29">
+        <v>33</v>
+      </c>
+      <c r="D11" s="29">
+        <v>74</v>
+      </c>
+      <c r="E11" s="29">
+        <v>152</v>
+      </c>
+      <c r="F11" s="29">
+        <v>128</v>
+      </c>
+      <c r="G11" s="29">
+        <v>184</v>
+      </c>
+      <c r="H11" s="29">
+        <v>106</v>
+      </c>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+      <c r="K11" s="30">
+        <v>35</v>
+      </c>
+      <c r="L11" s="31">
+        <v>0</v>
+      </c>
+      <c r="M11" s="31">
+        <v>0</v>
+      </c>
+      <c r="N11" s="31">
+        <v>0</v>
+      </c>
+      <c r="O11" s="31">
+        <v>20</v>
+      </c>
+      <c r="P11" s="31">
+        <v>60</v>
+      </c>
+      <c r="Q11" s="31">
+        <v>0</v>
+      </c>
+      <c r="R11" s="31">
+        <v>0</v>
+      </c>
+      <c r="S11" s="31">
+        <v>0</v>
+      </c>
+      <c r="T11" s="31">
+        <v>0</v>
+      </c>
+      <c r="U11" s="31">
+        <v>0</v>
+      </c>
+      <c r="V11" s="29">
+        <v>10</v>
+      </c>
+      <c r="W11" s="32">
+        <v>125</v>
+      </c>
+      <c r="X11" s="33">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A12" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="29">
+        <v>21</v>
+      </c>
+      <c r="D12" s="29">
+        <v>41</v>
+      </c>
+      <c r="E12" s="29">
+        <v>167</v>
+      </c>
+      <c r="F12" s="29">
+        <v>123</v>
+      </c>
+      <c r="G12" s="29">
+        <v>131</v>
+      </c>
+      <c r="H12" s="29">
+        <v>97</v>
+      </c>
+      <c r="I12" s="18"/>
+      <c r="J12" s="18"/>
+      <c r="K12" s="30">
+        <v>55</v>
+      </c>
+      <c r="L12" s="31">
+        <v>0</v>
+      </c>
+      <c r="M12" s="31">
+        <v>0</v>
+      </c>
+      <c r="N12" s="31">
+        <v>8</v>
+      </c>
+      <c r="O12" s="31">
+        <v>12</v>
+      </c>
+      <c r="P12" s="31">
+        <v>40</v>
+      </c>
+      <c r="Q12" s="31">
+        <v>0</v>
+      </c>
+      <c r="R12" s="31">
+        <v>0</v>
+      </c>
+      <c r="S12" s="31">
+        <v>2</v>
+      </c>
+      <c r="T12" s="31">
+        <v>0</v>
+      </c>
+      <c r="U12" s="31">
+        <v>0</v>
+      </c>
+      <c r="V12" s="29">
+        <v>0</v>
+      </c>
+      <c r="W12" s="32">
+        <v>117</v>
+      </c>
+      <c r="X12" s="33">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="29">
+        <v>49</v>
+      </c>
+      <c r="D13" s="29">
+        <v>53</v>
+      </c>
+      <c r="E13" s="29">
+        <v>267</v>
+      </c>
+      <c r="F13" s="29">
+        <v>124</v>
+      </c>
+      <c r="G13" s="29">
+        <v>47</v>
+      </c>
+      <c r="H13" s="29">
+        <v>88</v>
+      </c>
+      <c r="I13" s="18"/>
+      <c r="J13" s="18"/>
+      <c r="K13" s="36">
+        <v>9</v>
+      </c>
+      <c r="L13" s="37">
+        <v>0</v>
+      </c>
+      <c r="M13" s="37">
         <v>16</v>
       </c>
-      <c r="J5" s="23">
+      <c r="N13" s="37">
+        <v>8</v>
+      </c>
+      <c r="O13" s="37">
         <v>5</v>
       </c>
-      <c r="K5" s="23">
-[...118 lines deleted...]
-      <c r="C9" s="22">
+      <c r="P13" s="37">
+        <v>9</v>
+      </c>
+      <c r="Q13" s="37">
+        <v>0</v>
+      </c>
+      <c r="R13" s="37">
+        <v>0</v>
+      </c>
+      <c r="S13" s="37">
+        <v>0</v>
+      </c>
+      <c r="T13" s="37">
+        <v>0</v>
+      </c>
+      <c r="U13" s="37">
+        <v>1</v>
+      </c>
+      <c r="V13" s="38">
+        <v>0</v>
+      </c>
+      <c r="W13" s="39">
+        <v>48</v>
+      </c>
+      <c r="X13" s="40">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="D9" s="23">
-[...171 lines deleted...]
-      <c r="C14" s="37"/>
+      <c r="C14" s="42"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
-      <c r="K14" s="38"/>
-[...4 lines deleted...]
-      <c r="A15" s="40" t="s">
+      <c r="H14" s="3"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="18"/>
+      <c r="K14" s="18"/>
+      <c r="L14" s="18"/>
+      <c r="M14" s="18"/>
+      <c r="N14" s="18"/>
+      <c r="O14" s="18"/>
+      <c r="P14" s="18"/>
+      <c r="Q14" s="18"/>
+      <c r="R14" s="18"/>
+      <c r="S14" s="18"/>
+      <c r="T14" s="18"/>
+      <c r="U14" s="18"/>
+      <c r="V14" s="3"/>
+      <c r="W14" s="3"/>
+      <c r="X14" s="43"/>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A15" s="44" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="29">
+        <v>21</v>
+      </c>
+      <c r="D15" s="29">
+        <v>54</v>
+      </c>
+      <c r="E15" s="29">
+        <v>153</v>
+      </c>
+      <c r="F15" s="29">
+        <v>82</v>
+      </c>
+      <c r="G15" s="29">
+        <v>31</v>
+      </c>
+      <c r="H15" s="29">
+        <v>32</v>
+      </c>
+      <c r="K15" s="45">
+        <v>50</v>
+      </c>
+      <c r="L15" s="46">
+        <v>0</v>
+      </c>
+      <c r="M15" s="46">
+        <v>0</v>
+      </c>
+      <c r="N15" s="46">
+        <v>0</v>
+      </c>
+      <c r="O15" s="46">
+        <v>9</v>
+      </c>
+      <c r="P15" s="46">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="46">
+        <v>0</v>
+      </c>
+      <c r="R15" s="46">
+        <v>0</v>
+      </c>
+      <c r="S15" s="46">
+        <v>0</v>
+      </c>
+      <c r="T15" s="46">
+        <v>0</v>
+      </c>
+      <c r="U15" s="46">
+        <v>0</v>
+      </c>
+      <c r="V15" s="47">
+        <v>5</v>
+      </c>
+      <c r="W15" s="48">
+        <v>64</v>
+      </c>
+      <c r="X15" s="27">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A16" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="29">
+        <v>66</v>
+      </c>
+      <c r="D16" s="29">
+        <v>43</v>
+      </c>
+      <c r="E16" s="29">
+        <v>140</v>
+      </c>
+      <c r="F16" s="29">
+        <v>61</v>
+      </c>
+      <c r="G16" s="29">
+        <v>39</v>
+      </c>
+      <c r="H16" s="29">
+        <v>109</v>
+      </c>
+      <c r="K16" s="49">
+        <v>0</v>
+      </c>
+      <c r="L16" s="50">
+        <v>0</v>
+      </c>
+      <c r="M16" s="50">
+        <v>0</v>
+      </c>
+      <c r="N16" s="50">
+        <v>2</v>
+      </c>
+      <c r="O16" s="50">
+        <v>65</v>
+      </c>
+      <c r="P16" s="50">
+        <v>4</v>
+      </c>
+      <c r="Q16" s="50">
+        <v>0</v>
+      </c>
+      <c r="R16" s="50">
+        <v>0</v>
+      </c>
+      <c r="S16" s="50">
+        <v>0</v>
+      </c>
+      <c r="T16" s="50">
+        <v>0</v>
+      </c>
+      <c r="U16" s="50">
+        <v>13</v>
+      </c>
+      <c r="V16" s="29">
+        <v>0</v>
+      </c>
+      <c r="W16" s="32">
+        <v>84</v>
+      </c>
+      <c r="X16" s="33">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A17" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="29">
+        <v>20</v>
+      </c>
+      <c r="D17" s="29">
+        <v>52</v>
+      </c>
+      <c r="E17" s="29">
+        <v>175</v>
+      </c>
+      <c r="F17" s="29">
+        <v>90</v>
+      </c>
+      <c r="G17" s="29">
+        <v>29</v>
+      </c>
+      <c r="H17" s="29">
+        <v>52</v>
+      </c>
+      <c r="K17" s="49">
+        <v>24</v>
+      </c>
+      <c r="L17" s="50">
+        <v>0</v>
+      </c>
+      <c r="M17" s="50">
+        <v>0</v>
+      </c>
+      <c r="N17" s="50">
+        <v>0</v>
+      </c>
+      <c r="O17" s="50">
+        <v>55</v>
+      </c>
+      <c r="P17" s="50">
+        <v>75</v>
+      </c>
+      <c r="Q17" s="50">
+        <v>0</v>
+      </c>
+      <c r="R17" s="50">
+        <v>0</v>
+      </c>
+      <c r="S17" s="50">
+        <v>2</v>
+      </c>
+      <c r="T17" s="50">
+        <v>0</v>
+      </c>
+      <c r="U17" s="50">
+        <v>1</v>
+      </c>
+      <c r="V17" s="29">
+        <v>4</v>
+      </c>
+      <c r="W17" s="32">
+        <v>161</v>
+      </c>
+      <c r="X17" s="33">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A18" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="29">
+        <v>35</v>
+      </c>
+      <c r="D18" s="29">
+        <v>59</v>
+      </c>
+      <c r="E18" s="29">
+        <v>191</v>
+      </c>
+      <c r="F18" s="29">
+        <v>124</v>
+      </c>
+      <c r="G18" s="29">
+        <v>67</v>
+      </c>
+      <c r="H18" s="29">
+        <v>84</v>
+      </c>
+      <c r="K18" s="49">
+        <v>55</v>
+      </c>
+      <c r="L18" s="50">
+        <v>0</v>
+      </c>
+      <c r="M18" s="50">
+        <v>0</v>
+      </c>
+      <c r="N18" s="50">
+        <v>0</v>
+      </c>
+      <c r="O18" s="50">
+        <v>32</v>
+      </c>
+      <c r="P18" s="50">
+        <v>32</v>
+      </c>
+      <c r="Q18" s="50">
+        <v>0</v>
+      </c>
+      <c r="R18" s="50">
+        <v>0</v>
+      </c>
+      <c r="S18" s="50">
+        <v>3</v>
+      </c>
+      <c r="T18" s="50">
+        <v>0</v>
+      </c>
+      <c r="U18" s="50">
+        <v>1</v>
+      </c>
+      <c r="V18" s="29">
+        <v>1</v>
+      </c>
+      <c r="W18" s="32">
+        <v>124</v>
+      </c>
+      <c r="X18" s="33">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A19" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="C19" s="29">
+        <v>34</v>
+      </c>
+      <c r="D19" s="29">
+        <v>11</v>
+      </c>
+      <c r="E19" s="29">
+        <v>127</v>
+      </c>
+      <c r="F19" s="29">
+        <v>83</v>
+      </c>
+      <c r="G19" s="29">
+        <v>15</v>
+      </c>
+      <c r="H19" s="29">
+        <v>108</v>
+      </c>
+      <c r="K19" s="49">
+        <v>0</v>
+      </c>
+      <c r="L19" s="50">
+        <v>0</v>
+      </c>
+      <c r="M19" s="50">
+        <v>0</v>
+      </c>
+      <c r="N19" s="50">
+        <v>0</v>
+      </c>
+      <c r="O19" s="50">
+        <v>36</v>
+      </c>
+      <c r="P19" s="50">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="50">
+        <v>0</v>
+      </c>
+      <c r="R19" s="50">
+        <v>0</v>
+      </c>
+      <c r="S19" s="50">
+        <v>0</v>
+      </c>
+      <c r="T19" s="50">
+        <v>0</v>
+      </c>
+      <c r="U19" s="50">
+        <v>14</v>
+      </c>
+      <c r="V19" s="29">
+        <v>0</v>
+      </c>
+      <c r="W19" s="32">
+        <v>50</v>
+      </c>
+      <c r="X19" s="33">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A20" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="C20" s="29">
         <v>25</v>
       </c>
-      <c r="C15" s="41">
-[...2 lines deleted...]
-      <c r="D15" s="42">
+      <c r="D20" s="29">
+        <v>50</v>
+      </c>
+      <c r="E20" s="29">
+        <v>124</v>
+      </c>
+      <c r="F20" s="29">
+        <v>123</v>
+      </c>
+      <c r="G20" s="29">
+        <v>61</v>
+      </c>
+      <c r="H20" s="29">
+        <v>71</v>
+      </c>
+      <c r="K20" s="49">
+        <v>45</v>
+      </c>
+      <c r="L20" s="50">
+        <v>0</v>
+      </c>
+      <c r="M20" s="50">
+        <v>0</v>
+      </c>
+      <c r="N20" s="50">
+        <v>0</v>
+      </c>
+      <c r="O20" s="50">
+        <v>25</v>
+      </c>
+      <c r="P20" s="50">
+        <v>20</v>
+      </c>
+      <c r="Q20" s="50">
+        <v>0</v>
+      </c>
+      <c r="R20" s="50">
+        <v>0</v>
+      </c>
+      <c r="S20" s="50">
+        <v>1</v>
+      </c>
+      <c r="T20" s="50">
+        <v>0</v>
+      </c>
+      <c r="U20" s="50">
+        <v>0</v>
+      </c>
+      <c r="V20" s="29">
+        <v>0</v>
+      </c>
+      <c r="W20" s="32">
+        <v>91</v>
+      </c>
+      <c r="X20" s="33">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A21" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="29">
+        <v>20</v>
+      </c>
+      <c r="D21" s="29">
+        <v>18</v>
+      </c>
+      <c r="E21" s="29">
+        <v>152</v>
+      </c>
+      <c r="F21" s="29">
+        <v>108</v>
+      </c>
+      <c r="G21" s="29">
+        <v>19</v>
+      </c>
+      <c r="H21" s="29">
+        <v>32</v>
+      </c>
+      <c r="K21" s="49">
+        <v>5</v>
+      </c>
+      <c r="L21" s="50">
+        <v>0</v>
+      </c>
+      <c r="M21" s="50">
+        <v>0</v>
+      </c>
+      <c r="N21" s="50">
+        <v>0</v>
+      </c>
+      <c r="O21" s="50">
+        <v>9</v>
+      </c>
+      <c r="P21" s="50">
+        <v>9</v>
+      </c>
+      <c r="Q21" s="50">
+        <v>0</v>
+      </c>
+      <c r="R21" s="50">
+        <v>0</v>
+      </c>
+      <c r="S21" s="50">
+        <v>0</v>
+      </c>
+      <c r="T21" s="50">
+        <v>0</v>
+      </c>
+      <c r="U21" s="50">
+        <v>0</v>
+      </c>
+      <c r="V21" s="29">
+        <v>0</v>
+      </c>
+      <c r="W21" s="32">
+        <v>23</v>
+      </c>
+      <c r="X21" s="33">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A22" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="C22" s="29">
+        <v>13</v>
+      </c>
+      <c r="D22" s="29">
+        <v>52</v>
+      </c>
+      <c r="E22" s="29">
+        <v>163</v>
+      </c>
+      <c r="F22" s="29">
+        <v>79</v>
+      </c>
+      <c r="G22" s="29">
+        <v>42</v>
+      </c>
+      <c r="H22" s="29">
+        <v>56</v>
+      </c>
+      <c r="K22" s="49">
+        <v>6</v>
+      </c>
+      <c r="L22" s="50">
+        <v>0</v>
+      </c>
+      <c r="M22" s="50">
+        <v>0</v>
+      </c>
+      <c r="N22" s="50">
+        <v>11</v>
+      </c>
+      <c r="O22" s="50">
+        <v>16</v>
+      </c>
+      <c r="P22" s="50">
+        <v>20</v>
+      </c>
+      <c r="Q22" s="50">
+        <v>0</v>
+      </c>
+      <c r="R22" s="50">
+        <v>0</v>
+      </c>
+      <c r="S22" s="50">
+        <v>1</v>
+      </c>
+      <c r="T22" s="50">
+        <v>0</v>
+      </c>
+      <c r="U22" s="50">
+        <v>0</v>
+      </c>
+      <c r="V22" s="29">
+        <v>20</v>
+      </c>
+      <c r="W22" s="32">
+        <v>74</v>
+      </c>
+      <c r="X22" s="33">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A23" s="34" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="29">
+        <v>12</v>
+      </c>
+      <c r="D23" s="29">
+        <v>43</v>
+      </c>
+      <c r="E23" s="29">
+        <v>168</v>
+      </c>
+      <c r="F23" s="29">
+        <v>109</v>
+      </c>
+      <c r="G23" s="29">
+        <v>73</v>
+      </c>
+      <c r="H23" s="29">
+        <v>51</v>
+      </c>
+      <c r="K23" s="49">
+        <v>11</v>
+      </c>
+      <c r="L23" s="50">
+        <v>0</v>
+      </c>
+      <c r="M23" s="50">
+        <v>0</v>
+      </c>
+      <c r="N23" s="50">
+        <v>0</v>
+      </c>
+      <c r="O23" s="50">
+        <v>70</v>
+      </c>
+      <c r="P23" s="50">
+        <v>22</v>
+      </c>
+      <c r="Q23" s="50">
+        <v>0</v>
+      </c>
+      <c r="R23" s="50">
+        <v>0</v>
+      </c>
+      <c r="S23" s="50">
+        <v>3</v>
+      </c>
+      <c r="T23" s="50">
+        <v>0</v>
+      </c>
+      <c r="U23" s="50">
+        <v>2</v>
+      </c>
+      <c r="V23" s="29">
+        <v>5</v>
+      </c>
+      <c r="W23" s="32">
+        <v>113</v>
+      </c>
+      <c r="X23" s="33">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A24" s="34" t="s">
+        <v>37</v>
+      </c>
+      <c r="C24" s="29">
+        <v>13</v>
+      </c>
+      <c r="D24" s="29">
+        <v>68</v>
+      </c>
+      <c r="E24" s="29">
+        <v>224</v>
+      </c>
+      <c r="F24" s="29">
+        <v>76</v>
+      </c>
+      <c r="G24" s="29">
         <v>54</v>
       </c>
-      <c r="E15" s="42">
-[...40 lines deleted...]
-      <c r="G16" s="24">
+      <c r="H24" s="29">
+        <v>27</v>
+      </c>
+      <c r="K24" s="49">
         <v>39</v>
       </c>
-      <c r="I16" s="22">
-[...25 lines deleted...]
-      <c r="E17" s="23">
+      <c r="L24" s="50">
+        <v>0</v>
+      </c>
+      <c r="M24" s="50">
+        <v>0</v>
+      </c>
+      <c r="N24" s="50">
+        <v>0</v>
+      </c>
+      <c r="O24" s="50">
+        <v>6</v>
+      </c>
+      <c r="P24" s="50">
+        <v>55</v>
+      </c>
+      <c r="Q24" s="50">
+        <v>0</v>
+      </c>
+      <c r="R24" s="50">
+        <v>0</v>
+      </c>
+      <c r="S24" s="50">
+        <v>1</v>
+      </c>
+      <c r="T24" s="50">
+        <v>0</v>
+      </c>
+      <c r="U24" s="50">
+        <v>0</v>
+      </c>
+      <c r="V24" s="29">
+        <v>0</v>
+      </c>
+      <c r="W24" s="32">
+        <v>101</v>
+      </c>
+      <c r="X24" s="33">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="35" t="s">
+        <v>38</v>
+      </c>
+      <c r="C25" s="29">
+        <v>25</v>
+      </c>
+      <c r="D25" s="29">
+        <v>51</v>
+      </c>
+      <c r="E25" s="29">
         <v>175</v>
       </c>
-      <c r="F17" s="23">
-[...119 lines deleted...]
-      <c r="L20" s="25">
+      <c r="F25" s="29">
+        <v>56</v>
+      </c>
+      <c r="G25" s="29">
+        <v>45</v>
+      </c>
+      <c r="H25" s="29">
+        <v>47</v>
+      </c>
+      <c r="K25" s="51">
+        <v>36</v>
+      </c>
+      <c r="L25" s="52">
+        <v>0</v>
+      </c>
+      <c r="M25" s="52">
+        <v>0</v>
+      </c>
+      <c r="N25" s="52">
+        <v>0</v>
+      </c>
+      <c r="O25" s="52">
+        <v>0</v>
+      </c>
+      <c r="P25" s="52">
+        <v>62</v>
+      </c>
+      <c r="Q25" s="52">
+        <v>0</v>
+      </c>
+      <c r="R25" s="52">
+        <v>0</v>
+      </c>
+      <c r="S25" s="52">
         <v>6</v>
       </c>
-      <c r="M20" s="28">
-[...183 lines deleted...]
-      <c r="C26" s="37"/>
+      <c r="T25" s="52">
+        <v>0</v>
+      </c>
+      <c r="U25" s="52">
+        <v>0</v>
+      </c>
+      <c r="V25" s="38">
+        <v>0</v>
+      </c>
+      <c r="W25" s="39">
+        <v>104</v>
+      </c>
+      <c r="X25" s="40">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="41" t="s">
+        <v>39</v>
+      </c>
+      <c r="C26" s="42"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
-      <c r="K26" s="38"/>
-[...4 lines deleted...]
-      <c r="A27" s="40" t="s">
+      <c r="H26" s="3"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="43"/>
+    </row>
+    <row r="27" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A27" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="C27" s="29">
+        <v>21</v>
+      </c>
+      <c r="D27" s="29">
+        <v>68</v>
+      </c>
+      <c r="E27" s="29">
+        <v>130</v>
+      </c>
+      <c r="F27" s="29">
+        <v>64</v>
+      </c>
+      <c r="G27" s="29">
+        <v>48</v>
+      </c>
+      <c r="H27" s="29">
+        <v>62</v>
+      </c>
+      <c r="K27" s="45">
+        <v>40</v>
+      </c>
+      <c r="L27" s="46">
+        <v>0</v>
+      </c>
+      <c r="M27" s="46">
+        <v>0</v>
+      </c>
+      <c r="N27" s="46">
+        <v>0</v>
+      </c>
+      <c r="O27" s="46">
+        <v>9</v>
+      </c>
+      <c r="P27" s="46">
+        <v>13</v>
+      </c>
+      <c r="Q27" s="46">
+        <v>0</v>
+      </c>
+      <c r="R27" s="46">
+        <v>0</v>
+      </c>
+      <c r="S27" s="46">
+        <v>2</v>
+      </c>
+      <c r="T27" s="46">
+        <v>0</v>
+      </c>
+      <c r="U27" s="46">
+        <v>5</v>
+      </c>
+      <c r="V27" s="47">
+        <v>2</v>
+      </c>
+      <c r="W27" s="48">
+        <v>71</v>
+      </c>
+      <c r="X27" s="27">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A28" s="53" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" s="29">
+        <v>24</v>
+      </c>
+      <c r="D28" s="29">
+        <v>72</v>
+      </c>
+      <c r="E28" s="29">
+        <v>156</v>
+      </c>
+      <c r="F28" s="29">
+        <v>142</v>
+      </c>
+      <c r="G28" s="29">
+        <v>63</v>
+      </c>
+      <c r="H28" s="29">
+        <v>57</v>
+      </c>
+      <c r="K28" s="49">
+        <v>14</v>
+      </c>
+      <c r="L28" s="50">
+        <v>0</v>
+      </c>
+      <c r="M28" s="50">
+        <v>0</v>
+      </c>
+      <c r="N28" s="50">
+        <v>0</v>
+      </c>
+      <c r="O28" s="50">
+        <v>20</v>
+      </c>
+      <c r="P28" s="50">
+        <v>65</v>
+      </c>
+      <c r="Q28" s="50">
+        <v>0</v>
+      </c>
+      <c r="R28" s="50">
+        <v>0</v>
+      </c>
+      <c r="S28" s="50">
+        <v>9</v>
+      </c>
+      <c r="T28" s="50">
+        <v>0</v>
+      </c>
+      <c r="U28" s="50">
+        <v>5</v>
+      </c>
+      <c r="V28" s="29">
+        <v>0</v>
+      </c>
+      <c r="W28" s="32">
+        <v>113</v>
+      </c>
+      <c r="X28" s="33">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A29" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" s="29">
+        <v>8</v>
+      </c>
+      <c r="D29" s="29">
+        <v>53</v>
+      </c>
+      <c r="E29" s="29">
+        <v>202</v>
+      </c>
+      <c r="F29" s="29">
+        <v>258</v>
+      </c>
+      <c r="G29" s="29">
+        <v>73</v>
+      </c>
+      <c r="H29" s="29">
+        <v>23</v>
+      </c>
+      <c r="K29" s="49">
+        <v>27</v>
+      </c>
+      <c r="L29" s="50">
+        <v>0</v>
+      </c>
+      <c r="M29" s="50">
+        <v>0</v>
+      </c>
+      <c r="N29" s="50">
+        <v>0</v>
+      </c>
+      <c r="O29" s="50">
+        <v>21</v>
+      </c>
+      <c r="P29" s="50">
+        <v>25</v>
+      </c>
+      <c r="Q29" s="50">
+        <v>0</v>
+      </c>
+      <c r="R29" s="50">
+        <v>0</v>
+      </c>
+      <c r="S29" s="50">
+        <v>0</v>
+      </c>
+      <c r="T29" s="50">
+        <v>0</v>
+      </c>
+      <c r="U29" s="50">
+        <v>24</v>
+      </c>
+      <c r="V29" s="29">
+        <v>0</v>
+      </c>
+      <c r="W29" s="32">
+        <v>97</v>
+      </c>
+      <c r="X29" s="33">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A30" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="29">
+        <v>6</v>
+      </c>
+      <c r="D30" s="29">
+        <v>39</v>
+      </c>
+      <c r="E30" s="29">
+        <v>182</v>
+      </c>
+      <c r="F30" s="29">
+        <v>168</v>
+      </c>
+      <c r="G30" s="29">
+        <v>84</v>
+      </c>
+      <c r="H30" s="29">
+        <v>58</v>
+      </c>
+      <c r="K30" s="49">
+        <v>6</v>
+      </c>
+      <c r="L30" s="50">
+        <v>0</v>
+      </c>
+      <c r="M30" s="50">
+        <v>0</v>
+      </c>
+      <c r="N30" s="50">
+        <v>0</v>
+      </c>
+      <c r="O30" s="50">
+        <v>8</v>
+      </c>
+      <c r="P30" s="50">
+        <v>18</v>
+      </c>
+      <c r="Q30" s="50">
+        <v>0</v>
+      </c>
+      <c r="R30" s="50">
+        <v>0</v>
+      </c>
+      <c r="S30" s="50">
+        <v>3</v>
+      </c>
+      <c r="T30" s="50">
+        <v>0</v>
+      </c>
+      <c r="U30" s="50">
+        <v>4</v>
+      </c>
+      <c r="V30" s="29">
+        <v>0</v>
+      </c>
+      <c r="W30" s="32">
+        <v>39</v>
+      </c>
+      <c r="X30" s="33">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A31" s="54" t="s">
+        <v>44</v>
+      </c>
+      <c r="C31" s="29">
+        <v>20</v>
+      </c>
+      <c r="D31" s="29">
+        <v>63</v>
+      </c>
+      <c r="E31" s="29">
+        <v>185</v>
+      </c>
+      <c r="F31" s="29">
+        <v>231</v>
+      </c>
+      <c r="G31" s="29">
+        <v>86</v>
+      </c>
+      <c r="H31" s="29">
+        <v>39</v>
+      </c>
+      <c r="K31" s="49">
+        <v>24</v>
+      </c>
+      <c r="L31" s="50">
+        <v>0</v>
+      </c>
+      <c r="M31" s="50">
+        <v>0</v>
+      </c>
+      <c r="N31" s="50">
+        <v>0</v>
+      </c>
+      <c r="O31" s="50">
+        <v>17</v>
+      </c>
+      <c r="P31" s="50">
+        <v>26</v>
+      </c>
+      <c r="Q31" s="50">
+        <v>0</v>
+      </c>
+      <c r="R31" s="50">
+        <v>0</v>
+      </c>
+      <c r="S31" s="50">
+        <v>5</v>
+      </c>
+      <c r="T31" s="50">
+        <v>0</v>
+      </c>
+      <c r="U31" s="50">
+        <v>21</v>
+      </c>
+      <c r="V31" s="29">
+        <v>0</v>
+      </c>
+      <c r="W31" s="32">
+        <v>93</v>
+      </c>
+      <c r="X31" s="33">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A32" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="C32" s="29">
+        <v>22</v>
+      </c>
+      <c r="D32" s="29">
+        <v>61</v>
+      </c>
+      <c r="E32" s="29">
+        <v>223</v>
+      </c>
+      <c r="F32" s="29">
+        <v>167</v>
+      </c>
+      <c r="G32" s="29">
+        <v>77</v>
+      </c>
+      <c r="H32" s="29">
+        <v>61</v>
+      </c>
+      <c r="K32" s="49">
+        <v>2</v>
+      </c>
+      <c r="L32" s="50">
+        <v>0</v>
+      </c>
+      <c r="M32" s="50">
+        <v>0</v>
+      </c>
+      <c r="N32" s="50">
+        <v>0</v>
+      </c>
+      <c r="O32" s="50">
+        <v>20</v>
+      </c>
+      <c r="P32" s="50">
+        <v>52</v>
+      </c>
+      <c r="Q32" s="50">
+        <v>0</v>
+      </c>
+      <c r="R32" s="50">
+        <v>0</v>
+      </c>
+      <c r="S32" s="50">
+        <v>16</v>
+      </c>
+      <c r="T32" s="50">
+        <v>5</v>
+      </c>
+      <c r="U32" s="50">
+        <v>16</v>
+      </c>
+      <c r="V32" s="29">
+        <v>4</v>
+      </c>
+      <c r="W32" s="32">
+        <v>115</v>
+      </c>
+      <c r="X32" s="33">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A33" s="54" t="s">
+        <v>46</v>
+      </c>
+      <c r="C33" s="29">
+        <v>16</v>
+      </c>
+      <c r="D33" s="29">
+        <v>66</v>
+      </c>
+      <c r="E33" s="29">
+        <v>127</v>
+      </c>
+      <c r="F33" s="29">
+        <v>101</v>
+      </c>
+      <c r="G33" s="29">
+        <v>78</v>
+      </c>
+      <c r="H33" s="29">
+        <v>45</v>
+      </c>
+      <c r="K33" s="49">
+        <v>9</v>
+      </c>
+      <c r="L33" s="50">
+        <v>0</v>
+      </c>
+      <c r="M33" s="50">
+        <v>0</v>
+      </c>
+      <c r="N33" s="50">
+        <v>18</v>
+      </c>
+      <c r="O33" s="50">
+        <v>26</v>
+      </c>
+      <c r="P33" s="50">
+        <v>30</v>
+      </c>
+      <c r="Q33" s="50">
+        <v>0</v>
+      </c>
+      <c r="R33" s="50">
+        <v>0</v>
+      </c>
+      <c r="S33" s="50">
+        <v>4</v>
+      </c>
+      <c r="T33" s="50">
+        <v>0</v>
+      </c>
+      <c r="U33" s="50">
+        <v>4</v>
+      </c>
+      <c r="V33" s="29">
+        <v>11</v>
+      </c>
+      <c r="W33" s="32">
+        <v>102</v>
+      </c>
+      <c r="X33" s="33">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A34" s="54" t="s">
+        <v>47</v>
+      </c>
+      <c r="C34" s="29">
+        <v>18</v>
+      </c>
+      <c r="D34" s="29">
+        <v>54</v>
+      </c>
+      <c r="E34" s="29">
+        <v>170</v>
+      </c>
+      <c r="F34" s="29">
+        <v>111</v>
+      </c>
+      <c r="G34" s="29">
+        <v>65</v>
+      </c>
+      <c r="H34" s="29">
+        <v>74</v>
+      </c>
+      <c r="K34" s="49">
+        <v>6</v>
+      </c>
+      <c r="L34" s="50">
+        <v>0</v>
+      </c>
+      <c r="M34" s="50">
+        <v>0</v>
+      </c>
+      <c r="N34" s="50">
+        <v>36</v>
+      </c>
+      <c r="O34" s="50">
+        <v>10</v>
+      </c>
+      <c r="P34" s="50">
+        <v>24</v>
+      </c>
+      <c r="Q34" s="50">
+        <v>0</v>
+      </c>
+      <c r="R34" s="50">
+        <v>0</v>
+      </c>
+      <c r="S34" s="50">
+        <v>0</v>
+      </c>
+      <c r="T34" s="50">
+        <v>0</v>
+      </c>
+      <c r="U34" s="50">
+        <v>2</v>
+      </c>
+      <c r="V34" s="29">
+        <v>8</v>
+      </c>
+      <c r="W34" s="32">
+        <v>86</v>
+      </c>
+      <c r="X34" s="33">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A35" s="54" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="29">
+        <v>21</v>
+      </c>
+      <c r="D35" s="29">
+        <v>72</v>
+      </c>
+      <c r="E35" s="29">
+        <v>177</v>
+      </c>
+      <c r="F35" s="29">
+        <v>161</v>
+      </c>
+      <c r="G35" s="29">
+        <v>76</v>
+      </c>
+      <c r="H35" s="29">
+        <v>44</v>
+      </c>
+      <c r="K35" s="49">
+        <v>8</v>
+      </c>
+      <c r="L35" s="50">
+        <v>0</v>
+      </c>
+      <c r="M35" s="50">
+        <v>4</v>
+      </c>
+      <c r="N35" s="50">
+        <v>0</v>
+      </c>
+      <c r="O35" s="50">
+        <v>30</v>
+      </c>
+      <c r="P35" s="50">
+        <v>55</v>
+      </c>
+      <c r="Q35" s="50">
+        <v>0</v>
+      </c>
+      <c r="R35" s="50">
+        <v>0</v>
+      </c>
+      <c r="S35" s="50">
+        <v>4</v>
+      </c>
+      <c r="T35" s="50">
+        <v>3</v>
+      </c>
+      <c r="U35" s="50">
+        <v>0</v>
+      </c>
+      <c r="V35" s="29">
+        <v>0</v>
+      </c>
+      <c r="W35" s="32">
+        <v>104</v>
+      </c>
+      <c r="X35" s="33">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A36" s="54" t="s">
+        <v>49</v>
+      </c>
+      <c r="C36" s="29">
+        <v>23</v>
+      </c>
+      <c r="D36" s="29">
+        <v>54</v>
+      </c>
+      <c r="E36" s="29">
+        <v>130</v>
+      </c>
+      <c r="F36" s="29">
+        <v>47</v>
+      </c>
+      <c r="G36" s="29">
+        <v>30</v>
+      </c>
+      <c r="H36" s="29">
         <v>37</v>
       </c>
-      <c r="C27" s="41">
-[...2 lines deleted...]
-      <c r="D27" s="42">
+      <c r="K36" s="49">
+        <v>18</v>
+      </c>
+      <c r="L36" s="50">
+        <v>0</v>
+      </c>
+      <c r="M36" s="50">
+        <v>0</v>
+      </c>
+      <c r="N36" s="50">
+        <v>0</v>
+      </c>
+      <c r="O36" s="50">
+        <v>30</v>
+      </c>
+      <c r="P36" s="50">
+        <v>9</v>
+      </c>
+      <c r="Q36" s="50">
+        <v>0</v>
+      </c>
+      <c r="R36" s="50">
+        <v>0</v>
+      </c>
+      <c r="S36" s="50">
+        <v>2</v>
+      </c>
+      <c r="T36" s="50">
+        <v>0</v>
+      </c>
+      <c r="U36" s="50">
+        <v>22</v>
+      </c>
+      <c r="V36" s="29">
+        <v>0</v>
+      </c>
+      <c r="W36" s="32">
+        <v>81</v>
+      </c>
+      <c r="X36" s="33">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="55" t="s">
+        <v>50</v>
+      </c>
+      <c r="C37" s="29">
+        <v>16</v>
+      </c>
+      <c r="D37" s="29">
+        <v>39</v>
+      </c>
+      <c r="E37" s="29">
+        <v>142</v>
+      </c>
+      <c r="F37" s="29">
+        <v>147</v>
+      </c>
+      <c r="G37" s="29">
+        <v>50</v>
+      </c>
+      <c r="H37" s="29">
         <v>68</v>
       </c>
-      <c r="E27" s="42">
-[...31 lines deleted...]
-      <c r="D28" s="23">
+      <c r="K37" s="51">
+        <v>7</v>
+      </c>
+      <c r="L37" s="52">
+        <v>0</v>
+      </c>
+      <c r="M37" s="52">
+        <v>0</v>
+      </c>
+      <c r="N37" s="52">
+        <v>25</v>
+      </c>
+      <c r="O37" s="52">
+        <v>14</v>
+      </c>
+      <c r="P37" s="52">
+        <v>12</v>
+      </c>
+      <c r="Q37" s="52">
+        <v>0</v>
+      </c>
+      <c r="R37" s="52">
+        <v>0</v>
+      </c>
+      <c r="S37" s="52">
+        <v>2</v>
+      </c>
+      <c r="T37" s="52">
+        <v>7</v>
+      </c>
+      <c r="U37" s="52">
+        <v>0</v>
+      </c>
+      <c r="V37" s="38">
+        <v>5</v>
+      </c>
+      <c r="W37" s="39">
         <v>72</v>
       </c>
-      <c r="E28" s="23">
-[...343 lines deleted...]
-      <c r="C38" s="37"/>
+      <c r="X37" s="40">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="41" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" s="42"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
-      <c r="K38" s="38"/>
-[...4 lines deleted...]
-      <c r="A39" s="49" t="s">
+      <c r="H38" s="3"/>
+      <c r="V38" s="3"/>
+      <c r="W38" s="3"/>
+      <c r="X38" s="56"/>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A39" s="57" t="s">
+        <v>52</v>
+      </c>
+      <c r="C39" s="29">
+        <v>54</v>
+      </c>
+      <c r="D39" s="29">
+        <v>46</v>
+      </c>
+      <c r="E39" s="29">
+        <v>228</v>
+      </c>
+      <c r="F39" s="29">
+        <v>97</v>
+      </c>
+      <c r="G39" s="29">
+        <v>136</v>
+      </c>
+      <c r="H39" s="29">
+        <v>103</v>
+      </c>
+      <c r="K39" s="45">
+        <v>4</v>
+      </c>
+      <c r="L39" s="46">
+        <v>0</v>
+      </c>
+      <c r="M39" s="46">
+        <v>0</v>
+      </c>
+      <c r="N39" s="46">
+        <v>0</v>
+      </c>
+      <c r="O39" s="46">
+        <v>0</v>
+      </c>
+      <c r="P39" s="46">
+        <v>4</v>
+      </c>
+      <c r="Q39" s="46">
+        <v>0</v>
+      </c>
+      <c r="R39" s="46">
+        <v>0</v>
+      </c>
+      <c r="S39" s="46">
+        <v>5</v>
+      </c>
+      <c r="T39" s="46">
+        <v>0</v>
+      </c>
+      <c r="U39" s="46">
+        <v>0</v>
+      </c>
+      <c r="V39" s="47">
+        <v>10</v>
+      </c>
+      <c r="W39" s="48">
+        <v>23</v>
+      </c>
+      <c r="X39" s="27">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A40" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="C40" s="29">
+        <v>26</v>
+      </c>
+      <c r="D40" s="29">
+        <v>52</v>
+      </c>
+      <c r="E40" s="29">
+        <v>133</v>
+      </c>
+      <c r="F40" s="29">
+        <v>94</v>
+      </c>
+      <c r="G40" s="29">
+        <v>45</v>
+      </c>
+      <c r="H40" s="29">
+        <v>50</v>
+      </c>
+      <c r="K40" s="49">
+        <v>2</v>
+      </c>
+      <c r="L40" s="50">
+        <v>0</v>
+      </c>
+      <c r="M40" s="50">
+        <v>0</v>
+      </c>
+      <c r="N40" s="50">
+        <v>0</v>
+      </c>
+      <c r="O40" s="50">
+        <v>2</v>
+      </c>
+      <c r="P40" s="50">
+        <v>3</v>
+      </c>
+      <c r="Q40" s="50">
+        <v>0</v>
+      </c>
+      <c r="R40" s="50">
+        <v>0</v>
+      </c>
+      <c r="S40" s="50">
+        <v>14</v>
+      </c>
+      <c r="T40" s="50">
+        <v>0</v>
+      </c>
+      <c r="U40" s="50">
+        <v>0</v>
+      </c>
+      <c r="V40" s="29">
+        <v>0</v>
+      </c>
+      <c r="W40" s="32">
+        <v>21</v>
+      </c>
+      <c r="X40" s="33">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A41" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="C41" s="29">
+        <v>27</v>
+      </c>
+      <c r="D41" s="29">
+        <v>73</v>
+      </c>
+      <c r="E41" s="29">
+        <v>208</v>
+      </c>
+      <c r="F41" s="29">
+        <v>120</v>
+      </c>
+      <c r="G41" s="29">
+        <v>115</v>
+      </c>
+      <c r="H41" s="29">
+        <v>52</v>
+      </c>
+      <c r="K41" s="49">
+        <v>11</v>
+      </c>
+      <c r="L41" s="50">
+        <v>0</v>
+      </c>
+      <c r="M41" s="50">
+        <v>5</v>
+      </c>
+      <c r="N41" s="50">
+        <v>0</v>
+      </c>
+      <c r="O41" s="50">
+        <v>0</v>
+      </c>
+      <c r="P41" s="50">
+        <v>18</v>
+      </c>
+      <c r="Q41" s="50">
+        <v>2</v>
+      </c>
+      <c r="R41" s="50">
+        <v>15</v>
+      </c>
+      <c r="S41" s="50">
+        <v>13</v>
+      </c>
+      <c r="T41" s="50">
+        <v>0</v>
+      </c>
+      <c r="U41" s="50">
+        <v>20</v>
+      </c>
+      <c r="V41" s="29">
+        <v>0</v>
+      </c>
+      <c r="W41" s="32">
+        <v>84</v>
+      </c>
+      <c r="X41" s="33">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A42" s="53" t="s">
+        <v>55</v>
+      </c>
+      <c r="C42" s="29">
+        <v>53</v>
+      </c>
+      <c r="D42" s="29">
+        <v>33</v>
+      </c>
+      <c r="E42" s="29">
+        <v>189.5</v>
+      </c>
+      <c r="F42" s="29">
+        <v>138</v>
+      </c>
+      <c r="G42" s="29">
+        <v>148</v>
+      </c>
+      <c r="H42" s="29">
+        <v>37</v>
+      </c>
+      <c r="K42" s="49">
+        <v>51</v>
+      </c>
+      <c r="L42" s="50">
+        <v>0</v>
+      </c>
+      <c r="M42" s="50">
+        <v>2</v>
+      </c>
+      <c r="N42" s="50">
+        <v>6</v>
+      </c>
+      <c r="O42" s="50">
+        <v>9</v>
+      </c>
+      <c r="P42" s="50">
+        <v>13</v>
+      </c>
+      <c r="Q42" s="50">
+        <v>3</v>
+      </c>
+      <c r="R42" s="50">
+        <v>11</v>
+      </c>
+      <c r="S42" s="50">
+        <v>18</v>
+      </c>
+      <c r="T42" s="50">
+        <v>6</v>
+      </c>
+      <c r="U42" s="50">
+        <v>0</v>
+      </c>
+      <c r="V42" s="29">
+        <v>0</v>
+      </c>
+      <c r="W42" s="32">
+        <v>119</v>
+      </c>
+      <c r="X42" s="33">
+        <v>717.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A43" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="C43" s="29">
+        <v>19</v>
+      </c>
+      <c r="D43" s="29">
+        <v>50</v>
+      </c>
+      <c r="E43" s="29">
+        <v>201</v>
+      </c>
+      <c r="F43" s="29">
+        <v>163</v>
+      </c>
+      <c r="G43" s="29">
+        <v>47</v>
+      </c>
+      <c r="H43" s="29">
+        <v>91</v>
+      </c>
+      <c r="K43" s="49">
+        <v>10</v>
+      </c>
+      <c r="L43" s="50">
+        <v>0</v>
+      </c>
+      <c r="M43" s="50">
+        <v>0</v>
+      </c>
+      <c r="N43" s="50">
+        <v>0</v>
+      </c>
+      <c r="O43" s="50">
+        <v>4</v>
+      </c>
+      <c r="P43" s="50">
+        <v>10</v>
+      </c>
+      <c r="Q43" s="50">
+        <v>0</v>
+      </c>
+      <c r="R43" s="50">
+        <v>8</v>
+      </c>
+      <c r="S43" s="50">
+        <v>7</v>
+      </c>
+      <c r="T43" s="50">
+        <v>2</v>
+      </c>
+      <c r="U43" s="50">
+        <v>0</v>
+      </c>
+      <c r="V43" s="29">
+        <v>0</v>
+      </c>
+      <c r="W43" s="32">
+        <v>41</v>
+      </c>
+      <c r="X43" s="33">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A44" s="53" t="s">
+        <v>57</v>
+      </c>
+      <c r="C44" s="29">
+        <v>40</v>
+      </c>
+      <c r="D44" s="29">
+        <v>53</v>
+      </c>
+      <c r="E44" s="29">
+        <v>252</v>
+      </c>
+      <c r="F44" s="29">
+        <v>122</v>
+      </c>
+      <c r="G44" s="29">
+        <v>66</v>
+      </c>
+      <c r="H44" s="29">
+        <v>61</v>
+      </c>
+      <c r="K44" s="49">
+        <v>8</v>
+      </c>
+      <c r="L44" s="50">
+        <v>4</v>
+      </c>
+      <c r="M44" s="50">
+        <v>1</v>
+      </c>
+      <c r="N44" s="50">
+        <v>1</v>
+      </c>
+      <c r="O44" s="50">
+        <v>8</v>
+      </c>
+      <c r="P44" s="50">
+        <v>12</v>
+      </c>
+      <c r="Q44" s="50">
+        <v>4</v>
+      </c>
+      <c r="R44" s="50">
+        <v>9</v>
+      </c>
+      <c r="S44" s="50">
+        <v>6</v>
+      </c>
+      <c r="T44" s="50">
+        <v>0</v>
+      </c>
+      <c r="U44" s="50">
+        <v>11</v>
+      </c>
+      <c r="V44" s="29">
+        <v>0</v>
+      </c>
+      <c r="W44" s="32">
+        <v>64</v>
+      </c>
+      <c r="X44" s="33">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A45" s="53" t="s">
+        <v>58</v>
+      </c>
+      <c r="C45" s="29">
         <v>49</v>
       </c>
-      <c r="C39" s="41">
-[...2 lines deleted...]
-      <c r="D39" s="42">
+      <c r="D45" s="29">
+        <v>83</v>
+      </c>
+      <c r="E45" s="29">
+        <v>204</v>
+      </c>
+      <c r="F45" s="29">
+        <v>140</v>
+      </c>
+      <c r="G45" s="29">
+        <v>80</v>
+      </c>
+      <c r="H45" s="29">
+        <v>72</v>
+      </c>
+      <c r="K45" s="49">
+        <v>26</v>
+      </c>
+      <c r="L45" s="50">
+        <v>0</v>
+      </c>
+      <c r="M45" s="50">
+        <v>0</v>
+      </c>
+      <c r="N45" s="50">
+        <v>0</v>
+      </c>
+      <c r="O45" s="50">
+        <v>4</v>
+      </c>
+      <c r="P45" s="50">
+        <v>10</v>
+      </c>
+      <c r="Q45" s="50">
+        <v>2</v>
+      </c>
+      <c r="R45" s="50">
+        <v>9</v>
+      </c>
+      <c r="S45" s="50">
+        <v>20</v>
+      </c>
+      <c r="T45" s="50">
+        <v>0</v>
+      </c>
+      <c r="U45" s="50">
+        <v>0</v>
+      </c>
+      <c r="V45" s="29">
+        <v>5</v>
+      </c>
+      <c r="W45" s="32">
+        <v>76</v>
+      </c>
+      <c r="X45" s="33">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A46" s="53" t="s">
+        <v>59</v>
+      </c>
+      <c r="C46" s="29">
+        <v>26</v>
+      </c>
+      <c r="D46" s="29">
+        <v>72</v>
+      </c>
+      <c r="E46" s="29">
+        <v>187</v>
+      </c>
+      <c r="F46" s="29">
+        <v>147</v>
+      </c>
+      <c r="G46" s="29">
+        <v>65</v>
+      </c>
+      <c r="H46" s="29">
+        <v>48</v>
+      </c>
+      <c r="K46" s="49">
+        <v>8</v>
+      </c>
+      <c r="L46" s="50">
+        <v>0</v>
+      </c>
+      <c r="M46" s="50">
+        <v>0</v>
+      </c>
+      <c r="N46" s="50">
+        <v>4</v>
+      </c>
+      <c r="O46" s="50">
+        <v>4</v>
+      </c>
+      <c r="P46" s="50">
+        <v>8</v>
+      </c>
+      <c r="Q46" s="50">
+        <v>0</v>
+      </c>
+      <c r="R46" s="50">
+        <v>0</v>
+      </c>
+      <c r="S46" s="50">
+        <v>3</v>
+      </c>
+      <c r="T46" s="50">
+        <v>0</v>
+      </c>
+      <c r="U46" s="50">
+        <v>0</v>
+      </c>
+      <c r="V46" s="29">
+        <v>4</v>
+      </c>
+      <c r="W46" s="32">
+        <v>31</v>
+      </c>
+      <c r="X46" s="33">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A47" s="53" t="s">
+        <v>60</v>
+      </c>
+      <c r="C47" s="29">
+        <v>47</v>
+      </c>
+      <c r="D47" s="29">
+        <v>55</v>
+      </c>
+      <c r="E47" s="29">
+        <v>214</v>
+      </c>
+      <c r="F47" s="29">
+        <v>119</v>
+      </c>
+      <c r="G47" s="29">
+        <v>81</v>
+      </c>
+      <c r="H47" s="29">
+        <v>151</v>
+      </c>
+      <c r="K47" s="49">
+        <v>3</v>
+      </c>
+      <c r="L47" s="50">
+        <v>5</v>
+      </c>
+      <c r="M47" s="50">
+        <v>11</v>
+      </c>
+      <c r="N47" s="50">
+        <v>14</v>
+      </c>
+      <c r="O47" s="50">
+        <v>0</v>
+      </c>
+      <c r="P47" s="50">
+        <v>25</v>
+      </c>
+      <c r="Q47" s="50">
+        <v>1</v>
+      </c>
+      <c r="R47" s="50">
+        <v>14</v>
+      </c>
+      <c r="S47" s="50">
+        <v>19</v>
+      </c>
+      <c r="T47" s="50">
+        <v>3</v>
+      </c>
+      <c r="U47" s="50">
+        <v>0</v>
+      </c>
+      <c r="V47" s="29">
+        <v>18</v>
+      </c>
+      <c r="W47" s="32">
+        <v>113</v>
+      </c>
+      <c r="X47" s="33">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A48" s="53" t="s">
+        <v>61</v>
+      </c>
+      <c r="C48" s="29">
+        <v>26</v>
+      </c>
+      <c r="D48" s="29">
+        <v>81</v>
+      </c>
+      <c r="E48" s="29">
+        <v>138</v>
+      </c>
+      <c r="F48" s="29">
+        <v>242</v>
+      </c>
+      <c r="G48" s="29">
+        <v>38</v>
+      </c>
+      <c r="H48" s="29">
+        <v>59</v>
+      </c>
+      <c r="K48" s="49">
+        <v>25</v>
+      </c>
+      <c r="L48" s="50">
+        <v>6</v>
+      </c>
+      <c r="M48" s="50">
+        <v>0</v>
+      </c>
+      <c r="N48" s="50">
+        <v>2</v>
+      </c>
+      <c r="O48" s="50">
+        <v>25</v>
+      </c>
+      <c r="P48" s="50">
+        <v>15</v>
+      </c>
+      <c r="Q48" s="50">
+        <v>0</v>
+      </c>
+      <c r="R48" s="50">
+        <v>0</v>
+      </c>
+      <c r="S48" s="50">
+        <v>5</v>
+      </c>
+      <c r="T48" s="50">
+        <v>0</v>
+      </c>
+      <c r="U48" s="50">
+        <v>0</v>
+      </c>
+      <c r="V48" s="29">
+        <v>3</v>
+      </c>
+      <c r="W48" s="32">
+        <v>81</v>
+      </c>
+      <c r="X48" s="33">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A49" s="53" t="s">
+        <v>62</v>
+      </c>
+      <c r="C49" s="29">
+        <v>27</v>
+      </c>
+      <c r="D49" s="29">
+        <v>66</v>
+      </c>
+      <c r="E49" s="29">
+        <v>209</v>
+      </c>
+      <c r="F49" s="29">
+        <v>76</v>
+      </c>
+      <c r="G49" s="29">
+        <v>49</v>
+      </c>
+      <c r="H49" s="29">
+        <v>45</v>
+      </c>
+      <c r="K49" s="49">
+        <v>11</v>
+      </c>
+      <c r="L49" s="50">
+        <v>0</v>
+      </c>
+      <c r="M49" s="50">
+        <v>0</v>
+      </c>
+      <c r="N49" s="50">
+        <v>0</v>
+      </c>
+      <c r="O49" s="50">
+        <v>17</v>
+      </c>
+      <c r="P49" s="50">
+        <v>11</v>
+      </c>
+      <c r="Q49" s="50">
+        <v>0</v>
+      </c>
+      <c r="R49" s="50">
+        <v>0</v>
+      </c>
+      <c r="S49" s="50">
+        <v>4</v>
+      </c>
+      <c r="T49" s="50">
+        <v>0</v>
+      </c>
+      <c r="U49" s="50">
+        <v>0</v>
+      </c>
+      <c r="V49" s="29">
+        <v>0</v>
+      </c>
+      <c r="W49" s="32">
+        <v>43</v>
+      </c>
+      <c r="X49" s="33">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A50" s="53" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="29">
+        <v>41</v>
+      </c>
+      <c r="D50" s="29">
+        <v>89</v>
+      </c>
+      <c r="E50" s="29">
+        <v>304</v>
+      </c>
+      <c r="F50" s="29">
+        <v>103</v>
+      </c>
+      <c r="G50" s="29">
+        <v>210</v>
+      </c>
+      <c r="H50" s="29">
+        <v>66</v>
+      </c>
+      <c r="K50" s="49">
+        <v>8</v>
+      </c>
+      <c r="L50" s="50">
+        <v>0</v>
+      </c>
+      <c r="M50" s="50">
+        <v>9</v>
+      </c>
+      <c r="N50" s="50">
+        <v>16</v>
+      </c>
+      <c r="O50" s="50">
+        <v>2</v>
+      </c>
+      <c r="P50" s="50">
+        <v>21</v>
+      </c>
+      <c r="Q50" s="50">
+        <v>2</v>
+      </c>
+      <c r="R50" s="50">
+        <v>15</v>
+      </c>
+      <c r="S50" s="50">
+        <v>22</v>
+      </c>
+      <c r="T50" s="50">
+        <v>0</v>
+      </c>
+      <c r="U50" s="50">
+        <v>9</v>
+      </c>
+      <c r="V50" s="29">
+        <v>12</v>
+      </c>
+      <c r="W50" s="32">
+        <v>116</v>
+      </c>
+      <c r="X50" s="33">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A51" s="53" t="s">
+        <v>64</v>
+      </c>
+      <c r="C51" s="29">
+        <v>58</v>
+      </c>
+      <c r="D51" s="29">
         <v>46</v>
       </c>
-      <c r="E39" s="42">
-[...8 lines deleted...]
-      <c r="I39" s="41">
+      <c r="E51" s="29">
+        <v>220</v>
+      </c>
+      <c r="F51" s="29">
+        <v>137</v>
+      </c>
+      <c r="G51" s="29">
+        <v>124</v>
+      </c>
+      <c r="H51" s="29">
+        <v>45</v>
+      </c>
+      <c r="K51" s="49">
+        <v>10</v>
+      </c>
+      <c r="L51" s="50">
+        <v>0</v>
+      </c>
+      <c r="M51" s="50">
+        <v>0</v>
+      </c>
+      <c r="N51" s="50">
+        <v>0</v>
+      </c>
+      <c r="O51" s="50">
+        <v>8</v>
+      </c>
+      <c r="P51" s="50">
+        <v>7</v>
+      </c>
+      <c r="Q51" s="50">
+        <v>0</v>
+      </c>
+      <c r="R51" s="50">
+        <v>0</v>
+      </c>
+      <c r="S51" s="50">
+        <v>9</v>
+      </c>
+      <c r="T51" s="50">
+        <v>7</v>
+      </c>
+      <c r="U51" s="50">
+        <v>0</v>
+      </c>
+      <c r="V51" s="29">
+        <v>0</v>
+      </c>
+      <c r="W51" s="32">
+        <v>41</v>
+      </c>
+      <c r="X51" s="33">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A52" s="53" t="s">
+        <v>65</v>
+      </c>
+      <c r="C52" s="29">
+        <v>18</v>
+      </c>
+      <c r="D52" s="29">
+        <v>31</v>
+      </c>
+      <c r="E52" s="29">
+        <v>167</v>
+      </c>
+      <c r="F52" s="29">
+        <v>89</v>
+      </c>
+      <c r="G52" s="29">
+        <v>143</v>
+      </c>
+      <c r="H52" s="29">
+        <v>40</v>
+      </c>
+      <c r="K52" s="49">
+        <v>8</v>
+      </c>
+      <c r="L52" s="50">
+        <v>0</v>
+      </c>
+      <c r="M52" s="50">
+        <v>0</v>
+      </c>
+      <c r="N52" s="50">
+        <v>0</v>
+      </c>
+      <c r="O52" s="50">
+        <v>4</v>
+      </c>
+      <c r="P52" s="50">
+        <v>21</v>
+      </c>
+      <c r="Q52" s="50">
+        <v>0</v>
+      </c>
+      <c r="R52" s="50">
+        <v>0</v>
+      </c>
+      <c r="S52" s="50">
+        <v>3</v>
+      </c>
+      <c r="T52" s="50">
+        <v>0</v>
+      </c>
+      <c r="U52" s="50">
+        <v>0</v>
+      </c>
+      <c r="V52" s="29">
+        <v>8</v>
+      </c>
+      <c r="W52" s="32">
+        <v>44</v>
+      </c>
+      <c r="X52" s="33">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A53" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="C53" s="29">
+        <v>23</v>
+      </c>
+      <c r="D53" s="29">
+        <v>39</v>
+      </c>
+      <c r="E53" s="29">
+        <v>172</v>
+      </c>
+      <c r="F53" s="29">
+        <v>94</v>
+      </c>
+      <c r="G53" s="29">
+        <v>28</v>
+      </c>
+      <c r="H53" s="29">
+        <v>90</v>
+      </c>
+      <c r="K53" s="49">
+        <v>18</v>
+      </c>
+      <c r="L53" s="50">
+        <v>0</v>
+      </c>
+      <c r="M53" s="50">
+        <v>0</v>
+      </c>
+      <c r="N53" s="50">
+        <v>0</v>
+      </c>
+      <c r="O53" s="50">
         <v>32</v>
       </c>
-      <c r="J39" s="42">
-[...19 lines deleted...]
-      <c r="D40" s="23">
+      <c r="P53" s="50">
+        <v>55</v>
+      </c>
+      <c r="Q53" s="50">
+        <v>0</v>
+      </c>
+      <c r="R53" s="50">
+        <v>0</v>
+      </c>
+      <c r="S53" s="50">
+        <v>3</v>
+      </c>
+      <c r="T53" s="50">
+        <v>0</v>
+      </c>
+      <c r="U53" s="50">
+        <v>22</v>
+      </c>
+      <c r="V53" s="29">
+        <v>11</v>
+      </c>
+      <c r="W53" s="32">
+        <v>141</v>
+      </c>
+      <c r="X53" s="33">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A54" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C54" s="29">
+        <v>23</v>
+      </c>
+      <c r="D54" s="29">
+        <v>43</v>
+      </c>
+      <c r="E54" s="29">
+        <v>233</v>
+      </c>
+      <c r="F54" s="29">
+        <v>58</v>
+      </c>
+      <c r="G54" s="29">
+        <v>137</v>
+      </c>
+      <c r="H54" s="29">
+        <v>87</v>
+      </c>
+      <c r="K54" s="49">
+        <v>6</v>
+      </c>
+      <c r="L54" s="50">
+        <v>1</v>
+      </c>
+      <c r="M54" s="50">
+        <v>0</v>
+      </c>
+      <c r="N54" s="50">
+        <v>10</v>
+      </c>
+      <c r="O54" s="50">
+        <v>9</v>
+      </c>
+      <c r="P54" s="50">
+        <v>20</v>
+      </c>
+      <c r="Q54" s="50">
+        <v>0</v>
+      </c>
+      <c r="R54" s="50">
+        <v>0</v>
+      </c>
+      <c r="S54" s="50">
+        <v>6</v>
+      </c>
+      <c r="T54" s="50">
+        <v>0</v>
+      </c>
+      <c r="U54" s="50">
+        <v>0</v>
+      </c>
+      <c r="V54" s="29">
+        <v>0</v>
+      </c>
+      <c r="W54" s="32">
         <v>52</v>
       </c>
-      <c r="E40" s="23">
-[...11 lines deleted...]
-      <c r="J40" s="23">
+      <c r="X54" s="33">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="58" t="s">
+        <v>68</v>
+      </c>
+      <c r="C55" s="29">
+        <v>21</v>
+      </c>
+      <c r="D55" s="29">
+        <v>43</v>
+      </c>
+      <c r="E55" s="29">
+        <v>259</v>
+      </c>
+      <c r="F55" s="29">
+        <v>56</v>
+      </c>
+      <c r="G55" s="29">
+        <v>163</v>
+      </c>
+      <c r="H55" s="29">
+        <v>88</v>
+      </c>
+      <c r="K55" s="51">
+        <v>3</v>
+      </c>
+      <c r="L55" s="52">
+        <v>0</v>
+      </c>
+      <c r="M55" s="52">
+        <v>6</v>
+      </c>
+      <c r="N55" s="52">
+        <v>8</v>
+      </c>
+      <c r="O55" s="52">
         <v>5</v>
       </c>
-      <c r="K40" s="23">
-[...203 lines deleted...]
-      <c r="I46" s="22">
+      <c r="P55" s="52">
         <v>17</v>
       </c>
-      <c r="J46" s="23">
-[...171 lines deleted...]
-      <c r="I51" s="22">
+      <c r="Q55" s="52">
+        <v>2</v>
+      </c>
+      <c r="R55" s="52">
+        <v>16</v>
+      </c>
+      <c r="S55" s="52">
+        <v>30</v>
+      </c>
+      <c r="T55" s="52">
         <v>5</v>
       </c>
-      <c r="J51" s="23">
-[...149 lines deleted...]
-        <v>571</v>
+      <c r="U55" s="52">
+        <v>0</v>
+      </c>
+      <c r="V55" s="38">
+        <v>0</v>
+      </c>
+      <c r="W55" s="39">
+        <v>92</v>
+      </c>
+      <c r="X55" s="40">
+        <v>722</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="I3:L3"/>
+  <mergeCells count="3">
+    <mergeCell ref="C3:F3"/>
+    <mergeCell ref="G3:H3"/>
+    <mergeCell ref="K3:W3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>